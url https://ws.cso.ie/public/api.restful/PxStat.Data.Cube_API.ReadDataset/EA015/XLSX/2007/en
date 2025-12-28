--- v0 (2025-11-12)
+++ v1 (2025-12-28)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c437546ab174c16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ca01394df5b2414c95a30ddc41719689.psmdcp" Id="R95c96cd73ec94242" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45323ca731d24c0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/725acf3679e647c4ad80a8cc5f074486.psmdcp" Id="Raa7b972661494bc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EA015</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/27/2020 11:00:00 AM</x:t>
+    <x:t>27/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA015/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P10</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 10 - Education and Skills and the Irish Language</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -508,379 +508,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L631" totalsRowShown="0">
   <x:autoFilter ref="A1:L631"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02757V03327"/>
     <x:tableColumn id="8" name="Highest Level of Education Completed"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1153,51 +948,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA015/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1384,51 +1179,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L631"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="70.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="54.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -25398,51 +25193,51 @@
       <x:c r="I631" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L631" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -25459,51 +25254,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L631" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EA015"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="350"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="7">
@@ -26114,27 +25909,8848 @@
         <x:n v="1"/>
         <x:n v="40"/>
         <x:n v="2"/>
         <x:n v="268"/>
         <x:n v="377"/>
         <x:n v="157"/>
         <x:n v="57"/>
         <x:n v="21"/>
         <x:n v="41"/>
         <x:n v="3"/>
         <x:n v="0"/>
         <x:n v="29"/>
         <x:n v="35"/>
         <x:n v="172"/>
         <x:n v="229"/>
         <x:n v="49"/>
         <x:n v="32"/>
         <x:n v="15"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="439478"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="458874"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3254"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4660"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15909"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11907"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45788"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34544"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83539"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79828"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25046"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26676"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20165"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18566"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9936"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11818"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14935"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15615"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31983"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41032"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14993"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18409"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9658"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12647"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137967"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="152269"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25538"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29816"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260929"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="268944"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3087"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12152"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8945"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36709"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27537"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55448"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54886"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13728"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14798"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15767"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13287"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5163"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6269"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7813"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8772"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14165"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18891"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6207"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8086"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6459"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8360"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69824"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77876"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14943"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17600"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178549"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="189930"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3757"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2962"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9079"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7007"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28091"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24942"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11318"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11878"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4398"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5279"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4773"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5549"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7122"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6843"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17818"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22141"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8786"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10323"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3199"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4287"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68143"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74393"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10595"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12216"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248810"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="256862"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3282"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15941"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9264"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43590"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39943"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10745"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11578"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6990"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5601"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3031"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3705"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3622"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3886"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12126"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14537"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3089"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3307"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4249"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126763"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="140270"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15608"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17902"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136480"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="139088"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2387"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12430"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6744"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28281"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26629"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5010"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5842"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4981"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3257"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4605"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6135"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63154"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70516"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8830"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10213"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112330"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="117774"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3511"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2520"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15309"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13314"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5735"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5736"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2009"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1874"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7521"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8402"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63609"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69754"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6778"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7689"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127660"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="131770"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4640"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3219"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15173"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11679"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26370"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25615"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9330"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9345"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10153"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9253"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4733"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5286"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8188"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7741"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16990"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22109"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9348"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11813"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3637"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4537"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10023"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10415"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7542"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8718"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81006"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81476"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3579"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2430"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12743"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9847"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18485"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18447"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5339"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5179"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8399"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7136"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2892"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4336"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4452"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7993"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10260"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3812"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5085"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2494"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2985"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5920"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6290"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4499"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5262"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46654"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50294"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2430"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1832"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7885"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7168"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3991"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4166"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3852"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3289"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8997"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11849"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5536"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6728"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4103"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4125"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3043"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3456"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39358"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42630"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3871"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3125"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8767"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7229"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8490"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8485"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3358"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3572"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2512"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3187"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2596"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27783"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29916"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3057"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7138"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6093"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5800"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6250"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2227"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1863"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1697"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11575"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12714"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2690"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18471"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21252"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2607"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4801"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4936"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4216"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4468"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12336"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14387"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3855"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2443"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2818"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6135"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6865"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1773"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4739"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5754"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3056"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3700"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA015"/>
+    <s v="Population Aged 18 Years and Over Still Living With Their Parents 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+</pivotCacheRecords>
 </file>