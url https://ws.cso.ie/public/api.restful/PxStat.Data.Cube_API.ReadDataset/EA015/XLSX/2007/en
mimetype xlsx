--- v1 (2025-12-28)
+++ v2 (2026-02-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45323ca731d24c0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/725acf3679e647c4ad80a8cc5f074486.psmdcp" Id="Raa7b972661494bc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R831936b73b754c24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43024724e65149d0900bd4a23a952c3d.psmdcp" Id="Rb508c6c0d72f440f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>