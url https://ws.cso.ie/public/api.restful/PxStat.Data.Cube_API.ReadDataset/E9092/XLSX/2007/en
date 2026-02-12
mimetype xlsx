--- v0 (2025-11-09)
+++ v1 (2026-02-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5c3252429ef4e2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/544244a964c841c685bd274c4eb45708.psmdcp" Id="Ra77b19d278e440aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6aab42a16e9e4977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/42d0e58b60854cd799953b0dd8470fc3.psmdcp" Id="Rae6cd45ce7a44e70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E9092</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Carers by Hours of Unpaid Help per Week 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/15/2020 11:00:00 AM</x:t>
+    <x:t>15/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9092/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - Health, Disability and Carers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -460,299 +460,148 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...247 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02832V03406" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="General Health" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J337" totalsRowShown="0">
   <x:autoFilter ref="A1:J337"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02832V03406"/>
     <x:tableColumn id="4" name="General Health"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1023,51 +872,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9092/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1254,51 +1103,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J337"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="36.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -12072,51 +11921,51 @@
       <x:c r="G337" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J337" s="0">
         <x:v>236</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12133,51 +11982,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J337" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02832V03406">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
@@ -12539,27 +12388,4060 @@
         <x:n v="69"/>
         <x:n v="22"/>
         <x:n v="18"/>
         <x:n v="83"/>
         <x:n v="876"/>
         <x:n v="297"/>
         <x:n v="140"/>
         <x:n v="65"/>
         <x:n v="34"/>
         <x:n v="72"/>
         <x:n v="201"/>
         <x:n v="975"/>
         <x:n v="335"/>
         <x:n v="139"/>
         <x:n v="63"/>
         <x:n v="44"/>
         <x:n v="86"/>
         <x:n v="236"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="187112"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="80891"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="29255"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="14139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="15787"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="9020"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="15175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="22845"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="195263"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="83754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="31129"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="14868"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="15325"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="8934"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="16926"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="24327"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="89312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="43678"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="13619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="6485"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="6494"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="3748"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="5467"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="9821"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="92764"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="45106"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="14546"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="6721"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="6480"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="3793"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="6287"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="9831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="69422"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="28196"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="11192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="5467"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="6395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="3646"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="6276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="8250"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="72211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="29155"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="11840"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="5844"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="5988"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="3563"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="7002"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="8819"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="23109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="7506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="3655"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="2431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="3566"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="24342"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="7748"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="3889"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="2370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="2948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="4215"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="3169"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="3606"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="72999"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="33359"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="10853"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="5443"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="5749"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="2991"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="4635"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="9969"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="77112"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="34856"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="11766"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="5926"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="5969"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="3076"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="4994"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="10525"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="34287"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="17594"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="4919"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="2375"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="4380"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="35432"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="18118"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="5183"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="2604"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="4219"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="26887"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="11721"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="4166"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="2305"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1868"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="3458"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="28683"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="12420"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="4571"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="2341"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="2367"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="2028"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="3745"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="9471"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="3351"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="10336"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="3512"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="114113"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="47532"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="18402"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="8696"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="10038"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="6029"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="10540"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="12876"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="118151"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="48898"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="19363"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="8942"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="9356"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="5858"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="11932"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="13802"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="55025"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="26084"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="8700"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="4110"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="4231"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="2542"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="3917"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="5441"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="57332"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="26988"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="9363"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="4117"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="4109"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="2548"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="4595"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="5612"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="42535"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="16475"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="7026"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="3274"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="4090"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="2470"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="4408"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="4792"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="43528"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="16735"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="7269"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="3503"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="3621"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="2352"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="4974"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="5074"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="13638"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="4155"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1843"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="2005"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="14006"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="4236"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="2242"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="1945"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="2345"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="1999"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C01"/>
+    <s v="Carers"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C02"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C03"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C04"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C05"/>
+    <s v="43-84 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C06"/>
+    <s v="85-167 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C07"/>
+    <s v="168 hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9092C08"/>
+    <s v="Not stated - hours unpaid help per week"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+</pivotCacheRecords>
 </file>