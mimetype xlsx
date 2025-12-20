--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd15deacafb434ca0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4931fa4ba6ce43bbac8ddb57740ccc0b.psmdcp" Id="R3f887eaa6cc94305" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56b540e8c1ef48a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e673f293eb3541d89d2de0d960000be8.psmdcp" Id="Rb5f6c790690d4efc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E9090</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons in Private Households in Permanent Housing Units 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9090/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - Health, Disability and Carers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -448,323 +448,160 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...271 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02832V03406" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="General Health" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L337" totalsRowShown="0">
   <x:autoFilter ref="A1:L337"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02699V03267"/>
     <x:tableColumn id="6" name="Nature of Occupancy"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="C02832V03406"/>
     <x:tableColumn id="10" name="General Health"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1037,51 +874,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9090/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1268,51 +1105,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L337"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="65.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="39.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="24.710625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -14110,51 +13947,51 @@
       <x:c r="I337" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L337" s="0">
         <x:v>139483</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14171,51 +14008,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L337" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E9090"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -14605,27 +14442,4732 @@
         <x:n v="3926"/>
         <x:n v="725"/>
         <x:n v="172"/>
         <x:n v="26289"/>
         <x:n v="2263198"/>
         <x:n v="1328253"/>
         <x:n v="613930"/>
         <x:n v="174422"/>
         <x:n v="25467"/>
         <x:n v="5186"/>
         <x:n v="115940"/>
         <x:n v="2353079"/>
         <x:n v="1365357"/>
         <x:n v="631612"/>
         <x:n v="181593"/>
         <x:n v="29021"/>
         <x:n v="6013"/>
         <x:n v="139483"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="1346590"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="636573"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="446776"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="168774"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="23335"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="4781"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="66351"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="1419235"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="673949"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="472491"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="172061"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="24798"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="5267"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="70669"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="1888826"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="1325663"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="402345"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="70844"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="9685"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="1916"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="78373"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="1800187"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="1265532"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="376089"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="69460"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="10118"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="2152"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="76836"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="770375"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="437977"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="226674"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="43226"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="6651"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="54633"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="831636"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="485023"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="234620"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="46289"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="7614"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="56880"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="354992"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="184746"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="103683"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="39699"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="8053"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="17018"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="393198"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="197481"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="115368"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="45729"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="9912"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="2230"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="22478"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="34340"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="16826"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="10410"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="4131"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2082"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="39111"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="18700"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="11830"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="4896"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="47883"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="23135"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="14856"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="6257"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2531"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="54116"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="28249"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="15828"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="6070"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2805"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="57563"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="20328"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="12069"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="4232"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="20130"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="128893"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="40502"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="23116"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="7788"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="55661"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="4500569"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="2645248"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="1216813"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="337163"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="50042"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="10185"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="241118"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="4666376"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="2709436"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="1249342"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="352293"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="55817"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="11612"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="287876"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="667163"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="320657"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="218736"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="80466"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="11228"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="2255"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="33821"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="698981"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="334557"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="231758"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="82727"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="11698"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="35715"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="942804"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="659106"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="203325"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="33553"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="4455"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="41465"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="895698"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="627978"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="188970"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="32953"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="4605"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="40185"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="390073"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="219537"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="115806"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="22572"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="3639"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="27810"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="419571"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="243390"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="118986"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="23832"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="3933"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="28805"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="166267"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="87279"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="46281"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="18849"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="4054"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="8925"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="186558"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="94480"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="52854"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="21650"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="4837"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="11693"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="16001"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="7867"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="4638"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="1995"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="18566"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="8865"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="5467"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="2426"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="25562"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="12245"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="8102"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="3270"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="28331"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="14618"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="8457"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="3250"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="29501"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="10304"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="5995"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="10753"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="65592"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="20191"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="11238"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="3862"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="29372"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="2237371"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="1316995"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="602883"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="162741"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="24575"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="4999"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="125178"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="2313297"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="1344079"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="617730"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="170700"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="26796"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="5599"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="148393"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="679427"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="315916"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="228040"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="88308"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="12107"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="32530"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="720254"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="339392"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="240733"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="89334"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="13100"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="2741"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="34954"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="946022"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="666557"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="199020"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="37291"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="5230"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="36908"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="904489"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="637554"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="187119"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="36507"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="5513"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="36651"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="380302"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="218440"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="110868"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="20654"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="3012"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="26823"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="412065"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="241633"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="115634"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="22457"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="3681"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="28075"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="188725"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="97467"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="57402"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="20850"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="3999"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="8093"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="206640"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="103001"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="62514"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="24079"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="5075"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="10785"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="18339"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="8959"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="5772"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="2136"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="20545"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="9835"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="6363"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="2470"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="22321"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="10890"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="6754"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="2987"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="25785"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="13631"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="7371"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="2820"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="28062"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="10024"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="6074"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="2196"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="9377"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="63301"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="20311"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="11878"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="3926"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="26289"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="2263198"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="1328253"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="613930"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="174422"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="25467"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="5186"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="115940"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="Number"/>
+    <n v="2353079"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="Number"/>
+    <n v="1365357"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="Number"/>
+    <n v="631612"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="Number"/>
+    <n v="181593"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="Number"/>
+    <n v="29021"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="Number"/>
+    <n v="6013"/>
+  </r>
+  <r>
+    <s v="E9090"/>
+    <s v="Persons in Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="139483"/>
+  </r>
+</pivotCacheRecords>
 </file>