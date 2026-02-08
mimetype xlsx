--- v1 (2025-12-20)
+++ v2 (2026-02-08)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56b540e8c1ef48a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e673f293eb3541d89d2de0d960000be8.psmdcp" Id="Rb5f6c790690d4efc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf25049231ba9442f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d2719d72792d424b97d193ac834c5a7f.psmdcp" Id="R7f918c56d58346b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>