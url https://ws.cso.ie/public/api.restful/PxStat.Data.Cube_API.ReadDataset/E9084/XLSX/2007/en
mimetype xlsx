--- v0 (2025-11-04)
+++ v1 (2026-01-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb37e808f4a2c423c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fcf2ff44091a4607b376ed549fdb0ebb.psmdcp" Id="R00f6fdccbd1348ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c7657e01cac4a27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35c01e4f468042f2a56e9a81e6d599f9.psmdcp" Id="R58be150afe174f76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E9084</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9084/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - Health, Disability and Carers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -493,379 +493,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02832V03406" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="General Health" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L631" totalsRowShown="0">
   <x:autoFilter ref="A1:L631"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02757V03327"/>
     <x:tableColumn id="6" name="Highest Level of Education Completed"/>
     <x:tableColumn id="7" name="C02832V03406"/>
     <x:tableColumn id="8" name="General Health"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1138,51 +933,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9084/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1369,51 +1164,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L631"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="54.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="24.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -25383,51 +25178,51 @@
       <x:c r="I631" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L631" s="0">
         <x:v>1161</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -25444,51 +25239,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L631" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E9084"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -26176,27 +25971,8848 @@
         <x:n v="483"/>
         <x:n v="583"/>
         <x:n v="96"/>
         <x:n v="3382"/>
         <x:n v="4680"/>
         <x:n v="99510"/>
         <x:n v="116122"/>
         <x:n v="53495"/>
         <x:n v="59774"/>
         <x:n v="34894"/>
         <x:n v="41760"/>
         <x:n v="8400"/>
         <x:n v="11123"/>
         <x:n v="1930"/>
         <x:n v="324"/>
         <x:n v="374"/>
         <x:n v="1039"/>
         <x:n v="1161"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3755313"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1947486"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1991367"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1168510"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1201242"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357927"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="371732"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56159"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61405"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12001"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13284"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66579"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116283"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42387"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52214"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9137"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10066"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16526"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19865"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12497"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16088"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2859"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4144"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414509"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="334284"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102175"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78517"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175832"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="143918"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108863"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87795"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19256"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15979"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4224"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3612"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4159"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4463"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499489"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="449766"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217772"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="180136"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200415"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="185647"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65787"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67014"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9746"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10793"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1903"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2155"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3866"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4021"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601498"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="573643"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331215"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="301338"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209446"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="205345"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48772"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52992"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6855"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7930"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3890"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4463"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258697"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="271532"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134039"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="136040"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95180"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="101142"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24028"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27485"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3223"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4105"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171925"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="182318"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103265"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="106302"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54422"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59043"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11446"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13358"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1995"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135122"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153351"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80935"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="89499"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43121"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49718"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8782"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10990"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221977"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="237117"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138658"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="143851"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67676"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74292"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12624"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15116"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1964"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271301"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="331293"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193880"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="232998"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64916"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81238"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9722"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13226"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224744"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="284107"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160824"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="201689"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53756"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68713"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7958"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10629"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21970"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28759"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15122"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19850"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5552"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7175"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139871"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="198668"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35770"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40431"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40398"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47518"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20864"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23354"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3874"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4568"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37951"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81505"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408838"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="427128"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318845"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="330312"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72940"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75424"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9006"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10795"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7073"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9453"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196334"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="231133"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105849"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="120338"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68330"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82204"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16581"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21555"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2748"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3893"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2358"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1839849"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="960327"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="977464"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="573479"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="588124"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170371"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177894"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27101"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29226"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5683"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6300"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34549"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60841"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23086"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28296"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5208"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5734"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9046"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10877"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6645"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8474"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216530"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="175603"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57431"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44118"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91865"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75793"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53652"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43943"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9456"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7788"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2275"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268192"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="243128"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125795"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104721"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103542"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97348"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31085"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32629"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4775"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5358"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274842"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="268675"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155943"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146336"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93577"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93640"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20143"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22635"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2814"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3350"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1826"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120366"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="122938"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59924"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59375"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45820"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47113"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11891"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13082"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116900"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="119588"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71004"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70340"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36557"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38390"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7462"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8544"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59359"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66290"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35175"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38395"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19341"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21978"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3804"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4638"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98460"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="106692"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61175"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64807"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30487"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33732"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5524"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6561"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120962"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="147460"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84565"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102245"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30529"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37579"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4584"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5966"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94295"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="119676"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66038"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83621"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23770"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30269"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3551"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4521"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13018"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16016"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8614"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10595"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3521"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4326"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67473"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99422"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17451"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20144"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18602"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22183"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9120"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10720"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2160"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20088"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43654"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201203"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211054"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159650"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="166469"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33386"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34452"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4051"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4895"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3691"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4773"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96824"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115011"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52354"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60564"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33436"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40444"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8181"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10432"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1963"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1915464"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="987159"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1013903"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="595031"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="613118"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187556"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="193838"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29058"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32179"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6318"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6984"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32030"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55442"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19301"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23918"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3929"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4332"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7480"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8988"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5852"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7614"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2049"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197979"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="158681"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44744"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34399"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83967"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68125"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55211"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43852"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9800"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8191"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2198"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231297"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="206638"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91977"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75415"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96873"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88299"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34702"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34385"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4971"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5435"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1771"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1967"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326656"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="304968"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175272"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="155002"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115869"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="111705"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28629"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30357"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4041"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4580"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2397"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138331"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="148594"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74115"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76665"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49360"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54029"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12137"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14403"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2140"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55025"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62730"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32261"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35962"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17865"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20653"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3984"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4814"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75763"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87061"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45760"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51104"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23780"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27740"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4978"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6352"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123517"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="130425"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77483"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79044"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37189"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40560"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7100"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8555"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150339"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="183833"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109315"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="130753"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34387"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43659"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5138"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7260"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130449"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="164431"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94786"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="118068"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29986"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38444"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4407"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6108"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8952"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12743"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6508"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9255"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2849"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72398"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99246"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18319"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20287"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21796"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25335"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11744"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12634"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2408"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17863"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37851"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207635"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="216074"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159195"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="163843"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39554"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40972"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4955"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5900"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3382"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4680"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99510"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116122"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53495"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59774"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34894"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41760"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8400"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11123"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="E9084"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+</pivotCacheRecords>
 </file>