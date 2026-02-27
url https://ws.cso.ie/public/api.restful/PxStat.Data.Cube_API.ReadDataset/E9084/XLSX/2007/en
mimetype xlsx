--- v1 (2026-01-06)
+++ v2 (2026-02-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c7657e01cac4a27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35c01e4f468042f2a56e9a81e6d599f9.psmdcp" Id="R58be150afe174f76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9aaf4526f3c4317" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45fb72979ef64d02a7c5deb9d3a78c05.psmdcp" Id="R02c76a8e61d74ecb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>