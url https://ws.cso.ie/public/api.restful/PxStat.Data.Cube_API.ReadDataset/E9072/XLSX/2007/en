--- v0 (2025-11-15)
+++ v1 (2026-01-18)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16caa979818943cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c48715cb48af4c409872ddacfabc3a1d.psmdcp" Id="R8403bc2b3cd94183" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38a859be3955492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35052ba3cfd34892864b029f5edfcdb5.psmdcp" Id="R9362bf93abf84d69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E9072</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Carers 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9072/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - Health, Disability and Carers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -637,539 +637,208 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...487 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03367V04052" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J961" totalsRowShown="0">
   <x:autoFilter ref="A1:J961"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C03367V04052"/>
     <x:tableColumn id="6" name="County and City"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1440,51 +1109,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9072/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1671,51 +1340,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J961"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="18.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="25.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -32457,51 +32126,51 @@
       <x:c r="G961" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H961" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I961" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J961" s="0">
         <x:v>403</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -32518,51 +32187,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J961" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E9072"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Carers 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="15">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
@@ -33330,27 +32999,11548 @@
         <x:n v="1299"/>
         <x:n v="1043"/>
         <x:n v="1119"/>
         <x:n v="736"/>
         <x:n v="784"/>
         <x:n v="398"/>
         <x:n v="1026"/>
         <x:n v="1150"/>
         <x:n v="234"/>
         <x:n v="835"/>
         <x:n v="971"/>
         <x:n v="450"/>
         <x:n v="489"/>
         <x:n v="389"/>
         <x:n v="480"/>
         <x:n v="982"/>
         <x:n v="348"/>
         <x:n v="403"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187112"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195263"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2156"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2268"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20076"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20808"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7930"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8534"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9214"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10515"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9605"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10534"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7050"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8142"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4055"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4321"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3185"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3581"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1760"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4948"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5352"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6632"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7415"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3474"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3357"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3607"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3514"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5763"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6023"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5131"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5559"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5315"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5492"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5322"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5413"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17106"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18269"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6878"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6769"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8246"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8476"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7117"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7041"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4823"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4817"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2891"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7898"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7897"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6558"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6129"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3033"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2923"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3140"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3097"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2933"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3131"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7433"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7211"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2682"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2390"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2165"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4244"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4228"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5761"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5119"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8153"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6517"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11972"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10610"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17127"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16881"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1635"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23089"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22858"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2277"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2186"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2282"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2294"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27504"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27808"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2704"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2677"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2890"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25993"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28703"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2711"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2957"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1362"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2805"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20180"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23578"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2509"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2224"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14115"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15850"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24746"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29311"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3073"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3301"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2046"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2440"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="E9072"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+</pivotCacheRecords>
 </file>