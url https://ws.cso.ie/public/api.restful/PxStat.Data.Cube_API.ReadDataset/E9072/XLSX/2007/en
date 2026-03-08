--- v1 (2026-01-18)
+++ v2 (2026-03-08)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38a859be3955492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35052ba3cfd34892864b029f5edfcdb5.psmdcp" Id="R9362bf93abf84d69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38dfb085e27a414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f96a049c72d44208aeafcd04f68b6d5d.psmdcp" Id="Rf64ca29526d14cfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>