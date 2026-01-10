--- v0 (2025-11-04)
+++ v1 (2026-01-10)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eb0dabcae3b45b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/428ceba24d4547688bf2479959dd11bd.psmdcp" Id="Rb7f800cdd0b746e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fad3cfc2594489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a80312b6a4ca433c9bed9ca10c82f8d9.psmdcp" Id="R0529e38041474302" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E9071</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Carers Aged 15 Years and Over 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9071/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - Health, Disability and Carers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -472,347 +472,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02722V03289" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Education Ceased and Not Ceased" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N757" totalsRowShown="0">
   <x:autoFilter ref="A1:N757"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02722V03289"/>
     <x:tableColumn id="8" name="Education Ceased and Not Ceased"/>
     <x:tableColumn id="9" name="C02738V03306"/>
     <x:tableColumn id="10" name="Regular Unpaid Help"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1087,51 +912,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9071/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1318,51 +1143,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N757"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="39.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="43.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="36.139196" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -34664,51 +34489,51 @@
       <x:c r="K757" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L757" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M757" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N757" s="0">
         <x:v>71</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -34725,51 +34550,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N757" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E9071"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Carers Aged 15 Years and Over 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="310"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="7">
@@ -35543,27 +35368,12124 @@
         <x:n v="3762"/>
         <x:n v="4605"/>
         <x:n v="1917"/>
         <x:n v="1075"/>
         <x:n v="1178"/>
         <x:n v="5436"/>
         <x:n v="5799"/>
         <x:n v="2219"/>
         <x:n v="2610"/>
         <x:n v="194"/>
         <x:n v="257"/>
         <x:n v="72"/>
         <x:n v="25"/>
         <x:n v="52"/>
         <x:n v="16"/>
         <x:n v="15"/>
         <x:n v="60"/>
         <x:n v="47"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182884"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="191463"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78469"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81679"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28995"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30873"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14031"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14780"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39820"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40975"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21569"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23156"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167180"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="174226"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70324"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73373"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26716"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28148"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13043"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13660"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37996"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38668"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19101"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20377"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15704"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17237"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8145"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8306"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2279"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2725"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2468"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70925"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75237"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32162"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33841"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10741"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11650"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5401"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5883"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13290"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13931"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9331"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9932"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64358"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67793"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28613"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30084"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9842"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10555"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5011"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5378"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12682"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13092"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8210"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8684"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6567"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7444"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3549"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3757"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111959"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116226"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46307"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47838"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18254"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19223"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8630"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8897"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26530"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27044"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12238"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13224"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102822"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="106433"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41711"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43289"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16874"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17593"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8032"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8282"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25314"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25576"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10891"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11693"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9137"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9793"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4596"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4549"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10005"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9347"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5639"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5244"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1587"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3884"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6121"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6033"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3847"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3773"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4547"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4327"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2572"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2473"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2771"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2812"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5458"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5020"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3067"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2771"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3350"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3221"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2098"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20125"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17127"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9708"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7691"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2897"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2469"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3254"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3221"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2906"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17181"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14308"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8260"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6450"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2452"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2905"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2789"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2944"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2819"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7897"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6446"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4024"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3150"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6681"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5297"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3384"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12228"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10681"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5684"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4541"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1528"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2310"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2382"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1660"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10500"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9011"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4876"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3856"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2082"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40216"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39739"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17990"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16994"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6649"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6179"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3197"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3087"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7977"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8894"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4403"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4585"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37267"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36059"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16690"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15576"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6202"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5536"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2956"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2785"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7502"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8199"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3917"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3963"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2949"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3680"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15348"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14897"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7366"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6872"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2454"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2346"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2425"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2618"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1838"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14188"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13412"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6818"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6269"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2380"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24868"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24842"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10624"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10122"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4195"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3833"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1932"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1844"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5552"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6276"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2565"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23079"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22647"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9872"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9307"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3910"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3440"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5228"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5819"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2408"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53497"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56511"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24619"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26396"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9084"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10013"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4342"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4504"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10377"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10256"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5075"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5342"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51075"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53593"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23536"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25165"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8674"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9498"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4138"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4264"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10004"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9786"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4723"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4880"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2422"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2918"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19915"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21514"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9504"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10472"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3164"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3597"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3432"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3436"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19024"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20327"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9110"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9968"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3015"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3390"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3262"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2087"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33582"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34997"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15115"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15924"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5920"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6416"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2764"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6945"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6820"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2838"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3058"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32051"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33266"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14426"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15197"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5659"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6108"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2640"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2640"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6690"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6524"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2636"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2797"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34295"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39428"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13582"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16773"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5717"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6846"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2766"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3340"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8542"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8175"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3688"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4294"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33387"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38147"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13225"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16270"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5549"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6622"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2716"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3241"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8379"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7955"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3518"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4059"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13075"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15465"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5573"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6970"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2082"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2471"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2818"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2923"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12712"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14903"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5419"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6732"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2017"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2383"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2764"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2844"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21220"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23963"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8009"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9803"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3635"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4375"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5724"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5252"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2107"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20675"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23244"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7806"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9538"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3532"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4239"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2035"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5615"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5111"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2321"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24746"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29311"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6931"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8581"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3262"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4037"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8832"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9685"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3910"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4937"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24386"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28805"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6821"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8441"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3950"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2047"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8743"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9572"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3818"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4795"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10143"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12588"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3123"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3904"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3336"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3839"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9977"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12339"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3059"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3836"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3307"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3773"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14603"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16723"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3808"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4677"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2326"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5496"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5846"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2681"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14409"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16466"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3762"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4605"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5436"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5799"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2219"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2610"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E9071"/>
+    <s v="Carers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+</pivotCacheRecords>
 </file>