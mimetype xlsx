--- v1 (2026-01-10)
+++ v2 (2026-02-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fad3cfc2594489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a80312b6a4ca433c9bed9ca10c82f8d9.psmdcp" Id="R0529e38041474302" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R330d144e55424dc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/75362f6e30564018bda22fa272c565b3.psmdcp" Id="R1b7fd43574374923" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>