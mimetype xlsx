--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8398ae377799461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/688b1a1b289e4db68e0bc17ed55fc8fb.psmdcp" Id="R8dc2b6f6eb414a1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ba67036c0764477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c748b2afa9b944a289df2099bc2f96f0.psmdcp" Id="R58d87152d84d4bb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>