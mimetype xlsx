--- v1 (2025-11-15)
+++ v2 (2026-01-21)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ba67036c0764477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c748b2afa9b944a289df2099bc2f96f0.psmdcp" Id="R58d87152d84d4bb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc83a3554fe5f464b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/09833577412b41ab8b757dc79e833aa4.psmdcp" Id="R0937ed59e52d4f4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E9059</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Carers Aged 15 Years And Over 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9059/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - Health, Disability and Carers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -505,379 +505,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02722V03289" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age at which Full Time Education Ceased" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L577" totalsRowShown="0">
   <x:autoFilter ref="A1:L577"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02722V03289"/>
     <x:tableColumn id="6" name="Age at which Full Time Education Ceased"/>
     <x:tableColumn id="7" name="C02738V03306"/>
     <x:tableColumn id="8" name="Regular Unpaid Help"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1150,51 +945,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9059/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1381,51 +1176,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L577"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="40.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="57.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="36.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -23343,51 +23138,51 @@
       <x:c r="I577" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L577" s="0">
         <x:v>1049</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -23404,51 +23199,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L577" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E9059"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Carers Aged 15 Years And Over 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -24056,27 +23851,8092 @@
         <x:n v="2600"/>
         <x:n v="2455"/>
         <x:n v="576"/>
         <x:n v="609"/>
         <x:n v="206"/>
         <x:n v="314"/>
         <x:n v="341"/>
         <x:n v="528"/>
         <x:n v="482"/>
         <x:n v="4913"/>
         <x:n v="5726"/>
         <x:n v="1996"/>
         <x:n v="2094"/>
         <x:n v="1021"/>
         <x:n v="392"/>
         <x:n v="435"/>
         <x:n v="902"/>
         <x:n v="1127"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182884"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="191463"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78469"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81679"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28995"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30873"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14031"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14780"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39820"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40975"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21569"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23156"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13312"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9955"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3588"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4640"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3442"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1839"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9478"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7994"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3287"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2760"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16445"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14417"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6000"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5150"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2930"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2527"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4422"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3862"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15521"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14064"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6598"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5866"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2410"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3660"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3336"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23302"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22913"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10250"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9790"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3959"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3965"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5143"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5256"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1972"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1991"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7606"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7914"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3604"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3652"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1739"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6209"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7090"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3138"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3561"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7816"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9486"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4428"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5154"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6481"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7906"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3700"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4364"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4071"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4962"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2355"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2820"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2997"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3630"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12413"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17712"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6822"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9459"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2697"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2002"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3125"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41529"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46183"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14863"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16296"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6429"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7322"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3162"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3681"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9352"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9827"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7723"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9057"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7441"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7303"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4677"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4498"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8263"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9934"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3468"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3808"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1871"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70925"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75237"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32162"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33841"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10741"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11650"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5401"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5883"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13290"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13931"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9331"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9932"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6011"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4815"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1947"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4431"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3963"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7290"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6584"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2945"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2598"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5496"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5096"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2529"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2370"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8204"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8190"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3938"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3738"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2433"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2370"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2843"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3452"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2533"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3043"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1781"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1943"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4637"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6522"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2670"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3708"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15152"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17562"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5512"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6275"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2236"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2627"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2990"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3337"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3231"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3899"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3217"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3236"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3350"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4208"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111959"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116226"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46307"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47838"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18254"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19223"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8630"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8897"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26530"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27044"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12238"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13224"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7301"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5140"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2693"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5047"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4031"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9155"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7833"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3055"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1660"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2736"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10025"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8968"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4069"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3496"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2599"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2310"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15098"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14723"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6312"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6052"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2652"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2553"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3689"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3684"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5173"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5439"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2406"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3839"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4456"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4973"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6034"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2749"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3131"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3948"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4863"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2171"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2583"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2409"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3019"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2116"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7776"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11190"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4152"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5751"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26377"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28621"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9351"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10021"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4193"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4695"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1979"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6362"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6490"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4492"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5158"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4224"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4067"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2455"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4913"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5726"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="E9059"/>
+    <s v="Carers Aged 15 Years And Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+</pivotCacheRecords>
 </file>