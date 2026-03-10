--- v2 (2026-01-21)
+++ v3 (2026-03-10)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc83a3554fe5f464b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/09833577412b41ab8b757dc79e833aa4.psmdcp" Id="R0937ed59e52d4f4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06cdd4129ed344b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/81df60eca990454da0fca34ff38b3c02.psmdcp" Id="R58f75e77ce9447c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>