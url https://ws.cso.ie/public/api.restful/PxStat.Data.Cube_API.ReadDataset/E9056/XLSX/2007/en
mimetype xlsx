--- v0 (2025-11-11)
+++ v1 (2026-03-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d49d3c7736f4ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6e582617828a4e43adb39fd489e3d5e5.psmdcp" Id="Rb98aebab4e4447a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcff8c880a74d476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d8ff850d0bce43bda2ea88f718fe4776.psmdcp" Id="R51b398a10c4e44f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E9056</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Carers Aged 15 Years And Over in the Labour Force 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9056/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - Health, Disability and Carers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -565,451 +565,192 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...399 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02852V03430" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L901" totalsRowShown="0">
   <x:autoFilter ref="A1:L901"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02852V03430"/>
     <x:tableColumn id="6" name="Broad Industrial Group"/>
     <x:tableColumn id="7" name="C02738V03306"/>
     <x:tableColumn id="8" name="Regular Unpaid Help"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1282,51 +1023,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9056/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1513,51 +1254,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L901"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="58.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="79.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="36.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -35787,51 +35528,51 @@
       <x:c r="I901" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J901" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K901" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L901" s="0">
         <x:v>5955</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -35848,51 +35589,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L901" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E9056"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -36617,27 +36358,12628 @@
         <x:n v="1512"/>
         <x:n v="1245"/>
         <x:n v="1330"/>
         <x:n v="1134"/>
         <x:n v="1090"/>
         <x:n v="1037"/>
         <x:n v="58790"/>
         <x:n v="61511"/>
         <x:n v="30339"/>
         <x:n v="32085"/>
         <x:n v="10115"/>
         <x:n v="10814"/>
         <x:n v="4178"/>
         <x:n v="4389"/>
         <x:n v="8485"/>
         <x:n v="8268"/>
         <x:n v="5673"/>
         <x:n v="5955"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6392"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5797"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2988"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2871"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7295"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8168"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4030"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4538"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3364"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3942"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10689"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11208"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5585"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5750"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1972"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3824"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3904"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1967"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3732"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4275"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2401"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3155"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3551"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3635"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2243"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4096"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5059"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2582"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3126"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3044"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7323"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7611"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4119"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4323"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10530"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11337"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6170"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6727"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14414"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16284"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7982"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8963"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2756"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1968"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2080"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4366"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5323"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17370"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12558"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6722"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4346"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3289"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2459"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3196"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2685"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2239"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108068"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112153"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55398"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58164"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17932"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19047"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7909"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8408"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15141"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14697"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11688"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11837"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5373"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4948"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2597"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2468"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4560"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5276"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2938"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2896"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3466"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4553"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5017"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2712"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2860"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2875"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1968"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1803"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2308"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3089"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2251"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2111"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2809"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9928"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6535"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3826"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2262"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49278"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50642"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25059"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26079"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7817"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8233"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3731"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4019"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6656"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6429"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6015"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5882"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2735"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2892"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6136"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6191"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3094"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3038"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2378"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2643"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2329"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2751"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1543"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4234"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4351"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2354"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8454"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9086"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4909"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5356"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12359"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13785"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6812"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7569"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2376"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1615"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2255"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7442"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6023"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2896"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1512"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58790"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61511"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30339"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32085"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10115"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10814"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4178"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4389"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8485"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8268"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5673"/>
+  </r>
+  <r>
+    <s v="E9056"/>
+    <s v="Carers Aged 15 Years And Over in the Labour Force 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5955"/>
+  </r>
+</pivotCacheRecords>
 </file>