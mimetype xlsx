--- v0 (2025-11-13)
+++ v1 (2025-12-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3b0d0353c664d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3fa7660dc5f64d45bc5bb06f5f90f5ab.psmdcp" Id="Rabe83c75c1d74d68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcd73b58a3884ed0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/00dac2e7792447cca65e28710b0deb88.psmdcp" Id="Re309a0b0d6454004" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E9051</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Carers 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/2/2020 11:00:00 AM</x:t>
+    <x:t>02/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9051/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - Health, Disability and Carers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -487,355 +487,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Detailed Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L769" totalsRowShown="0">
   <x:autoFilter ref="A1:L769"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02325V02801"/>
     <x:tableColumn id="6" name="Detailed Marital Status"/>
     <x:tableColumn id="7" name="C02738V03306"/>
     <x:tableColumn id="8" name="Regular Unpaid Help"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1108,51 +921,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9051/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1339,51 +1152,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L769"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="18.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="33.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="36.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -30597,51 +30410,51 @@
       <x:c r="I769" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J769" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K769" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L769" s="0">
         <x:v>792</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -30658,51 +30471,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L769" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E9051"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Carers 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="215"/>
         <x:s v="310"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
@@ -31271,27 +31084,10780 @@
         <x:n v="656"/>
         <x:n v="263"/>
         <x:n v="44"/>
         <x:n v="24"/>
         <x:n v="80"/>
         <x:n v="49"/>
         <x:n v="112"/>
         <x:n v="3545"/>
         <x:n v="3699"/>
         <x:n v="1219"/>
         <x:n v="1320"/>
         <x:n v="443"/>
         <x:n v="490"/>
         <x:n v="212"/>
         <x:n v="924"/>
         <x:n v="883"/>
         <x:n v="747"/>
         <x:n v="792"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187112"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195263"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80891"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83754"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29255"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31129"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14139"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14868"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39982"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41185"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22845"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24327"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55015"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56743"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25290"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25415"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8383"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8941"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4084"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4391"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9085"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9399"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8173"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8597"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108404"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112700"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46036"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47838"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17087"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17956"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8274"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8554"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25707"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26357"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11300"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11995"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3501"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4082"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7839"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8043"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3217"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3327"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5887"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7073"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2525"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2999"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6466"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6373"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2390"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4228"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3800"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2422"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4228"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3800"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2422"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10005"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9347"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5639"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5244"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1587"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9719"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9166"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5538"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5199"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1343"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20125"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17127"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9708"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7691"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2897"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2469"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3254"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3221"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2906"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12666"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11302"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6416"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5409"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6775"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5248"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3010"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40216"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39739"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17990"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16994"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6649"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6179"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3197"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3087"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7977"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8894"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4403"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4585"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11860"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12740"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5123"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5370"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2230"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2343"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24373"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23584"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11259"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10327"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3887"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3390"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4979"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5738"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2388"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2353"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53497"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56511"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24619"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26396"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9084"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10013"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4342"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4504"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10377"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10256"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5075"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5342"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9753"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11805"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3495"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4538"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1781"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2222"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2406"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35657"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36252"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17632"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18153"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5936"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6320"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2710"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6383"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6190"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2920"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3129"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3093"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2686"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2978"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34295"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39428"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13582"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16773"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5717"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6846"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2766"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3340"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8542"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8175"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3688"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4294"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4313"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5339"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23990"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26629"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9748"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11761"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4031"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4676"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5881"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5314"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2412"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2646"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2261"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24746"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29311"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6931"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8581"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3262"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4037"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8832"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9685"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3910"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4937"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2476"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2591"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17350"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20835"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4298"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5468"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2294"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2873"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6996"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7730"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2437"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3267"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3545"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3699"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="E9051"/>
+    <s v="Carers 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+</pivotCacheRecords>
 </file>