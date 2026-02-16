--- v1 (2025-12-30)
+++ v2 (2026-02-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcd73b58a3884ed0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/00dac2e7792447cca65e28710b0deb88.psmdcp" Id="Re309a0b0d6454004" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f35c37daa2b48ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6620ce2d54494d21b37046631e6183e2.psmdcp" Id="R8be9bd4e0124489c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>