--- v0 (2025-11-09)
+++ v1 (2026-01-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4ffda4acd604000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fced7bbac0804484af7b511656db3d3c.psmdcp" Id="R7f8a45b0ff264ba8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54a55702411b487c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f5bc92a5ad349f0954b5a1bc141d5ad.psmdcp" Id="R0dd2b01abdb7425b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E9041</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons with a Disability 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/4/2020 11:00:00 AM</x:t>
+    <x:t>04/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9041/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - Health, Disability and Carers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -433,371 +433,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Disability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253B" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Disability Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J339" totalsRowShown="0">
   <x:autoFilter ref="A1:J339"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02686V03253A"/>
     <x:tableColumn id="4" name="Type of Disability"/>
     <x:tableColumn id="5" name="C02686V03253B"/>
     <x:tableColumn id="6" name="Disability Type"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1068,51 +863,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9041/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1299,51 +1094,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J339"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="34.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="17.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="65.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="17.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -12181,51 +11976,51 @@
       <x:c r="G339" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I339" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J339" s="0">
         <x:v>8096228</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12242,51 +12037,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J339" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E9041"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Persons with a Disability 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02686V03253A">
       <x:sharedItems count="13">
         <x:s v="-1"/>
         <x:s v="14"/>
         <x:s v="15"/>
         <x:s v="02"/>
         <x:s v="16"/>
         <x:s v="03"/>
         <x:s v="08"/>
         <x:s v="10"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
@@ -12508,27 +12303,4084 @@
         <x:n v="97285"/>
         <x:n v="110502"/>
         <x:n v="702308"/>
         <x:n v="796370"/>
         <x:n v="97879"/>
         <x:n v="111749"/>
         <x:n v="126409"/>
         <x:n v="144325"/>
         <x:n v="868348"/>
         <x:n v="986569"/>
         <x:n v="130188"/>
         <x:n v="146625"/>
         <x:n v="895430"/>
         <x:n v="1001777"/>
         <x:n v="1002996"/>
         <x:n v="1133911"/>
         <x:n v="7139184"/>
         <x:n v="8096228"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="595335"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="643131"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51718"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54810"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92060"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103676"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244739"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="262818"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57709"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66611"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137070"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="156968"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96004"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="123515"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274762"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="296783"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125450"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="140366"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165681"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="184945"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194398"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="210639"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207455"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="229397"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1647046"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1830528"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51718"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54810"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51718"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54810"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12114"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13635"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22943"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25014"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5266"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5733"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12165"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13646"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6505"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7617"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18871"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20662"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15339"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16789"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21293"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23099"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17689"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18871"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21990"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23710"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205893"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="223586"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92060"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103676"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12114"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13635"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92060"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103676"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34033"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38512"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5539"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6120"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16615"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18849"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7266"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8553"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28411"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31939"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19492"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21582"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25984"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29048"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21983"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24038"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26959"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30194"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="290456"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="326146"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244739"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="262818"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22943"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25014"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34033"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38512"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244739"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="262818"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21694"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23988"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56067"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65076"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31125"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38168"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129979"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="145607"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104185"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115317"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121490"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133782"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113624"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="122757"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143855"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="157689"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1023734"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1128728"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57709"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66611"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5266"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5733"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5539"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6120"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21694"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23988"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57709"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66611"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40550"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47390"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19329"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24024"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15376"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16808"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23280"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27313"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31803"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37048"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33001"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37658"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31349"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36383"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284896"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="329076"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137070"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="156968"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12165"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13646"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16615"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18849"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56067"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65076"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40550"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47390"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137070"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="156968"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37210"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47503"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45567"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52864"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46454"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55771"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59045"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70818"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62747"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73319"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61658"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74112"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="575148"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="676316"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96004"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="123515"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6505"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7617"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7266"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8553"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31125"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38168"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19329"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24024"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37210"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47503"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96004"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="123515"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31533"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40344"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24746"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30745"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35929"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45562"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48073"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59518"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40256"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51857"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377976"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="477406"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274762"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="296783"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18871"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20662"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28411"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31939"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129979"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="145607"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15376"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16808"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45567"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52864"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31533"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40344"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274762"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="296783"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69651"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78704"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82533"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93106"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99724"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="110409"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115592"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="129117"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="911999"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1016343"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125450"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="140366"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15339"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16789"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19492"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21582"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104185"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115317"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23280"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27313"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46454"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55771"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24746"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30745"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69651"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78704"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125450"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="140366"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100302"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113087"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76124"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86194"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97285"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="110502"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="702308"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="796370"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165681"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="184945"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21293"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23099"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25984"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29048"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121490"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133782"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31803"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37048"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59045"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70818"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35929"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45562"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82533"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93106"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100302"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113087"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165681"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="184945"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97879"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="111749"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126409"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="144325"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="868348"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="986569"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194398"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="210639"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17689"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18871"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21983"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24038"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113624"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="122757"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33001"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37658"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62747"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73319"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48073"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59518"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99724"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="110409"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76124"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86194"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97879"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="111749"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194398"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="210639"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130188"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146625"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="895430"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1001777"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207455"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="229397"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21990"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23710"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26959"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30194"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143855"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="157689"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31349"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36383"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61658"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74112"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40256"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51857"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115592"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="129117"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97285"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="110502"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126409"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="144325"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130188"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146625"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207455"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="229397"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1002996"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1133911"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1647046"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1830528"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205893"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="223586"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="290456"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="326146"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1023734"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1128728"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284896"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="329076"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="575148"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="676316"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377976"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="477406"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="911999"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1016343"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="702308"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="796370"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="868348"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="986569"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="895430"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1001777"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1002996"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1133911"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7139184"/>
+  </r>
+  <r>
+    <s v="E9041"/>
+    <s v="Persons with a Disability 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8096228"/>
+  </r>
+</pivotCacheRecords>
 </file>