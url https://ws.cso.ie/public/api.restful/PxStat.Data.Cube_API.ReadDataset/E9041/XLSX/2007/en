--- v1 (2026-01-19)
+++ v2 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54a55702411b487c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f5bc92a5ad349f0954b5a1bc141d5ad.psmdcp" Id="R0dd2b01abdb7425b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc84baaf2de354f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a8ab5a777e0248ac966970991afddf8f.psmdcp" Id="Rc91dd30e437e49bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>