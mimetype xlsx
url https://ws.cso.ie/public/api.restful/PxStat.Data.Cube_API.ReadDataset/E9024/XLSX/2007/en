--- v0 (2025-11-10)
+++ v1 (2025-12-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99bee7b47c3b4aa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/12668fc4ba514d6494aee681ac9a7cff.psmdcp" Id="R05d6ae235112451b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8d2fc66f94d444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0348a685c614049899489f09a590b30.psmdcp" Id="R570fba8108434e15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E9024</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population With a Disability in Private Households 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/2/2020 11:00:00 AM</x:t>
+    <x:t>02/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9024/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - Health, Disability and Carers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -478,355 +478,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Disability Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02705V03273" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Status in Family Nucleus" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L421" totalsRowShown="0">
   <x:autoFilter ref="A1:L421"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02686V03253"/>
     <x:tableColumn id="6" name="Disability Type"/>
     <x:tableColumn id="7" name="C02705V03273"/>
     <x:tableColumn id="8" name="Status in Family Nucleus"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1099,51 +912,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9024/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1330,51 +1143,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L421"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="57.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="25.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -17364,51 +17177,51 @@
       <x:c r="I421" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L421" s="0">
         <x:v>276401</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17425,51 +17238,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L421" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E9024"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population With a Disability in Private Households 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -17951,27 +17764,5908 @@
         <x:n v="20397"/>
         <x:n v="24048"/>
         <x:n v="29767"/>
         <x:n v="31641"/>
         <x:n v="11491"/>
         <x:n v="14786"/>
         <x:n v="33028"/>
         <x:n v="36086"/>
         <x:n v="727926"/>
         <x:n v="824052"/>
         <x:n v="159609"/>
         <x:n v="188843"/>
         <x:n v="218423"/>
         <x:n v="233358"/>
         <x:n v="96301"/>
         <x:n v="125450"/>
         <x:n v="253593"/>
         <x:n v="276401"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4510409"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4676648"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1179210"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1218370"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="963895"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="999553"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1625975"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1682601"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="741329"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="776124"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="537638"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="585639"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166717"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177181"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111244"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="119419"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105965"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="124713"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153712"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="164326"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45122"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48527"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13242"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13892"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8293"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8985"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7033"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8264"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16554"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17386"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83052"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94874"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32904"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37073"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15813"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18804"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6646"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7743"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27689"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31254"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210458"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="228668"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70086"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75509"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47902"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51352"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16474"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20345"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75996"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81462"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47428"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57723"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4481"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4684"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3021"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3311"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27192"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35470"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12734"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14258"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112028"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="131905"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21884"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24549"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12868"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15075"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46198"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57685"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31078"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34596"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78259"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="105919"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19641"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25334"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14752"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17747"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18023"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31420"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25843"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31418"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246512"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="269089"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84230"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="91303"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60103"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66122"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33571"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36870"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68608"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74794"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94527"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="109646"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26238"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29358"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18904"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21507"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16101"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22474"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33284"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36307"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130915"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150710"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33764"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37523"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25055"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28335"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22777"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31843"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49319"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53009"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162442"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="179952"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48397"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50426"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33918"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35929"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31203"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40974"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48924"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52623"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172413"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195037"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50187"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54639"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37089"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40692"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29463"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38747"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55674"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60959"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1383156"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1572050"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="405054"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="444290"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="277718"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="307859"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254681"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="331835"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="445703"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="488066"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2243086"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2319102"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="741823"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="744545"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251703"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="285563"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="870109"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="896241"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="379451"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="392753"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264974"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="286612"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104040"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="105408"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24800"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30077"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65762"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76067"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70372"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75060"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22132"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23848"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8394"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8507"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2637"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4091"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4756"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7467"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7948"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44521"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50656"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24400"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27198"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4531"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5882"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3875"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4425"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11715"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13151"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91392"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99667"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43425"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44759"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8875"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10773"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9452"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11741"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29640"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32394"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29149"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36147"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2771"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2675"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17733"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23551"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7506"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8535"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63823"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75207"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13081"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14153"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4121"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5266"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30759"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38174"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15862"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17614"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37260"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50857"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8341"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9957"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3054"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4518"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11956"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19830"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13909"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16552"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114568"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="121867"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52474"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53224"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12693"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15713"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19307"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20480"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30094"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32450"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40906"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49251"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15265"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16584"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3595"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4734"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9689"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14083"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12357"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13850"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52719"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63609"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17639"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19143"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4158"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5481"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13832"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19906"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17090"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19079"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81030"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88413"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29865"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28656"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7627"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9060"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19714"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25478"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23824"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25219"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77730"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88476"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29790"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30591"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7322"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9051"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17972"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23961"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22646"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24873"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="655230"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="747998"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245445"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="255447"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59295"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74501"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158380"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="206385"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192110"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211665"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2267323"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2357546"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="437387"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="473825"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="712192"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="713990"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="755866"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="786360"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361878"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="383371"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272664"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="299027"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62677"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71773"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86444"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="89342"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40203"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48646"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83340"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="89266"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22990"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24679"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4848"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5385"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6113"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6348"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2942"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3508"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9087"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9438"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38531"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44218"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8504"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9875"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11282"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12922"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2771"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3318"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15974"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18103"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119066"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="129001"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26661"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30750"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39027"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40579"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7022"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8604"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46356"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49068"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18279"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21576"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2009"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9459"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11919"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5228"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5723"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48205"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56698"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8803"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10396"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8747"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9809"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15439"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19511"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15216"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16982"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40999"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55062"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11300"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15377"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11698"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13229"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6067"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11590"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11934"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14866"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131944"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="147222"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31756"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38079"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47410"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50409"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14264"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16390"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38514"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42344"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53621"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60395"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10973"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12774"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15309"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16773"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6412"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8391"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20927"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22457"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78196"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87101"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16125"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18380"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20897"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22854"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8945"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11937"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32229"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33930"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81412"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="91539"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18532"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21770"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26291"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26869"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11489"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15496"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25100"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27404"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94683"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="106561"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20397"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24048"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29767"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31641"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11491"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14786"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33028"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36086"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="727926"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All household residents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="824052"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159609"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="Head"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="188843"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218423"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Spouse"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="233358"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96301"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Child"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="125450"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253593"/>
+  </r>
+  <r>
+    <s v="E9024"/>
+    <s v="Population With a Disability in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="Other non family or relative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="276401"/>
+  </r>
+</pivotCacheRecords>
 </file>