--- v1 (2025-12-30)
+++ v2 (2026-02-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8d2fc66f94d444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0348a685c614049899489f09a590b30.psmdcp" Id="R570fba8108434e15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33faac81aecc40a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/07caf20a95294c0fba877c3447c155f1.psmdcp" Id="R5701f0124a144613" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>