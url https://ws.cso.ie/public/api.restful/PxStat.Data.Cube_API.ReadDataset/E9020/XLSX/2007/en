--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5a790706de4f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e3796d0063bc456fb6537178187ba6ff.psmdcp" Id="R89188b27a92f4d21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9896ae2cfe0498d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cc1c6c515eeb45c1beeedc152b2861b2.psmdcp" Id="Ra9842d347d794851" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E9020</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over with a Third Level Qualification</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/2/2020 11:00:00 AM</x:t>
+    <x:t>02/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9020/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - Health, Disability and Carers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -523,403 +523,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Disability Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02750V03319" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Field of Study" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L925" totalsRowShown="0">
   <x:autoFilter ref="A1:L925"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02686V03253"/>
     <x:tableColumn id="6" name="Disability Type"/>
     <x:tableColumn id="7" name="C02750V03319"/>
     <x:tableColumn id="8" name="Field of Study"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1192,51 +969,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9020/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1423,51 +1200,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L925"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="60.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="41.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -36609,51 +36386,51 @@
       <x:c r="I925" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J925" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K925" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L925" s="0">
         <x:v>158103</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -36670,51 +36447,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L925" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E9020"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -37646,27 +37423,12964 @@
         <x:n v="8097"/>
         <x:n v="10926"/>
         <x:n v="26662"/>
         <x:n v="39394"/>
         <x:n v="6854"/>
         <x:n v="9659"/>
         <x:n v="2726"/>
         <x:n v="3812"/>
         <x:n v="1276"/>
         <x:n v="1819"/>
         <x:n v="30482"/>
         <x:n v="41512"/>
         <x:n v="7547"/>
         <x:n v="11089"/>
         <x:n v="9841"/>
         <x:n v="11030"/>
         <x:n v="115131"/>
         <x:n v="158103"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104333"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="122440"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46251"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56191"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60554"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67483"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343449"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="407015"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118529"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="144713"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193040"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="206331"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29881"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35676"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157486"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="190570"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74875"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87963"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69402"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70836"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1197800"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1389218"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8945"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11152"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5010"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7255"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6931"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8711"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24164"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32337"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8622"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11903"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14829"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17485"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2505"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3155"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15480"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20592"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5901"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8125"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7793"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8187"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100180"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="128902"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2297"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7530"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9150"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3004"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4216"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2583"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3398"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14188"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18777"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3805"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6013"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8322"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1908"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2524"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4378"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5307"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5308"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6990"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2354"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3123"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3286"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29290"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37657"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2151"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2973"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2181"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3424"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2636"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11716"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16513"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2390"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4595"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7405"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2965"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2015"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2656"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3905"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17608"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27247"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4816"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5949"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2383"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3404"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3371"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4150"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12412"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16862"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4385"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6090"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7531"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8873"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9108"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11942"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2942"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4135"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3529"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3795"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51680"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66679"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3161"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1974"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2277"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11499"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15374"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2686"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3876"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2886"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3822"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14297"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19097"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2264"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2004"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5924"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8032"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2845"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4290"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4984"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4401"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5829"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2442"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2402"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26743"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34422"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2889"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3522"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1760"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6222"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8535"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3964"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4771"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5056"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6535"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2288"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2742"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28168"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36413"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20537"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25891"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9962"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14973"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15179"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19455"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47368"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66700"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16595"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23489"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31326"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38239"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5087"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6726"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36662"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49260"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12325"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18031"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19829"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21538"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214870"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="284302"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22424"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25785"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19641"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24667"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23847"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26260"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147735"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="174125"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68987"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87342"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172883"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="183046"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23448"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27482"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28517"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34813"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30171"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36761"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36531"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36904"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="574184"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="657185"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2196"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2507"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3169"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3169"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3770"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10757"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13736"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5186"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7235"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13482"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15747"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2897"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3609"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2417"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3295"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4067"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4142"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48201"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59519"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3992"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4780"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2321"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2459"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3231"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8200"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10640"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2617"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3353"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4057"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4841"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13234"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16340"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2151"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6128"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8322"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2763"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1740"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2230"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7722"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11316"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5162"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6610"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3530"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6789"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7924"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1923"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1821"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23371"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28720"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1766"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5042"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6501"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1953"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5844"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7549"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2375"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2969"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1585"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3934"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4458"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12369"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14869"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3326"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3621"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4285"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12541"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15445"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4742"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5611"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4111"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6391"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7082"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8529"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20706"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27306"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9741"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13830"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28600"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34427"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3811"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4907"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6180"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7748"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4778"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6942"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9988"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10508"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99739"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126199"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81909"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96655"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26610"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31524"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36707"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41223"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195714"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="232890"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49542"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57371"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20157"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23285"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6433"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8194"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128969"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="155757"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44704"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51202"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32871"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33932"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="623616"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="732033"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6749"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8645"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2873"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4086"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3762"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4941"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13407"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18601"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3436"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4668"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12583"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16983"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3484"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4830"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3726"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4045"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51979"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69383"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3538"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4370"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2197"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5988"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8137"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2375"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3396"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4969"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4487"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5985"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16056"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21317"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2161"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5588"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8191"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2799"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4642"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1989"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3208"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9886"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15931"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3718"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4722"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1898"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2489"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7250"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10252"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1903"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2560"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7519"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10019"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2529"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1974"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28309"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37959"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1947"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2617"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6457"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8873"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1544"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2358"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2471"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3355"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8453"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11548"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3549"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5063"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3722"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5034"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14374"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19553"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2227"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2775"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3622"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5209"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4238"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5558"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15627"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20968"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15795"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20280"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5851"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8582"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8097"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10926"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26662"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39394"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6854"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9659"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2726"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3812"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30482"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41512"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7547"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9200"/>
+    <s v="Services (incl. other subjects)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11089"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9841"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11030"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115131"/>
+  </r>
+  <r>
+    <s v="E9020"/>
+    <s v="Population Aged 15 Years and Over with a Third Level Qualification"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="158103"/>
+  </r>
+</pivotCacheRecords>
 </file>