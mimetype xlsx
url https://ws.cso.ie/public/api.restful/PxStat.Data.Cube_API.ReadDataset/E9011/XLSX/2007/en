--- v0 (2025-11-08)
+++ v1 (2025-12-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31c6d77caa404028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/192f3c9e4d5941a2974de70a9c91b5cb.psmdcp" Id="R852c2ccd60ca4640" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20297492624340d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dba0d9c3b19f4248bbedf728d62b4650.psmdcp" Id="R9fa6a791dfc145a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E9011</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over with a Disability by Labour Force Participation Rate 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/2/2020 11:00:00 AM</x:t>
+    <x:t>02/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9011/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - Health, Disability and Carers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -505,355 +505,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Disability Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J673" totalsRowShown="0">
   <x:autoFilter ref="A1:J673"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02686V03253"/>
     <x:tableColumn id="4" name="Disability Type"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1124,51 +931,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9011/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1355,51 +1162,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J673"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="65.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="45.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -22925,51 +22732,51 @@
       <x:c r="G673" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H673" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I673" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J673" s="0">
         <x:v>15.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22986,51 +22793,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J673" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02686V03253">
       <x:sharedItems count="14">
         <x:s v="-2"/>
         <x:s v="-1"/>
         <x:s v="14"/>
         <x:s v="15"/>
         <x:s v="02"/>
         <x:s v="16"/>
         <x:s v="03"/>
@@ -23727,27 +23534,8092 @@
         <x:n v="105231"/>
         <x:n v="13"/>
         <x:n v="841683"/>
         <x:n v="7587"/>
         <x:n v="77465"/>
         <x:n v="840"/>
         <x:n v="2333"/>
         <x:n v="35329"/>
         <x:n v="718129"/>
         <x:n v="14.7"/>
         <x:n v="921959"/>
         <x:n v="8586"/>
         <x:n v="92769"/>
         <x:n v="690"/>
         <x:n v="3171"/>
         <x:n v="39927"/>
         <x:n v="776816"/>
         <x:n v="15.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="306278"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="1495210"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="5872"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="34166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="390677"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="1376459"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="61.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="3755313"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="313404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="1688549"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="4688"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="31434"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="265962"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="1451276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="61.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="542277"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="21619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="90197"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="47043"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="379596"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="584045"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="22634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="106823"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3766"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="42612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="407600"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="48223"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="6745"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3598"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="36043"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="50782"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="7357"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3209"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="38410"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="89110"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4254"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="12552"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5476"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="66483"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="99997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4835"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="14725"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4632"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="75424"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="237748"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4850"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="16192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="11979"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="204135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="253883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4813"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="18088"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="12243"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="218080"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="44496"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="5003"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3564"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="35006"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="49352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="5566"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="38766"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="111602"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2337"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="12039"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="10271"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="85707"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="125833"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2390"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="14435"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="9805"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="97725"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="88898"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="13572"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="10499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="62060"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="110919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2851"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="20597"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="11986"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="74324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="257306"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10218"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="41795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="19039"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="185079"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="279359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10771"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="49966"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="17484"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="199864"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="115253"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="4995"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3446"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="105156"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="125724"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="5722"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3706"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="114824"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="153769"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="6048"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5050"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="140859"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="168003"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="6579"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6156"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="153554"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="182248"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3534"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="13600"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="12196"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="151971"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="194751"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3484"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="15694"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="12498"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="161877"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="193165"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3967"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="15877"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="9642"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="162997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="210634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3980"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="18162"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="9842"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="177812"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1521818"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="35805"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="148418"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="1519"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="5820"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="94760"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="1235496"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1669237"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="37356"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="176891"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="7503"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="95480"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="1350660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="241938"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="710046"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="2557"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="19512"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="254815"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="542642"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1839849"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="241781"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="832658"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="17477"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="153453"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="592245"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="67.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="256489"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="17200"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="43338"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1868"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="29993"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="163773"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="274117"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="17578"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="51455"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2199"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="25063"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="177520"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="22859"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="3621"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="15348"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="24321"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="4035"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2061"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="16868"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="46379"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3682"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="7043"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3895"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="31564"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="52330"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4193"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="8262"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2979"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="36663"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="100077"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3782"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="7046"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7172"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="81795"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="107448"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3709"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="7992"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6893"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="88506"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="25253"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="3014"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2567"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="18949"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="28703"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="3426"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2614"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="21846"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="57025"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="6982"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7215"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="40128"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="64429"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="8491"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6452"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="46569"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="39969"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="5554"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6045"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="26506"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="49553"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="8446"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6545"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="32044"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="115859"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7882"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="18602"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="11668"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="77103"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="123312"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8093"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="22218"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="9825"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="82517"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="45975"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="2359"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="40534"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="51313"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="2646"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="45682"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="58016"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="2744"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="51367"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="65471"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="2949"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="58286"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="86420"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2852"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="6716"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7994"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="68286"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="90695"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="7473"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7566"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="72282"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="82303"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3046"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="7272"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5835"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="65787"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="89703"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2935"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="8184"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5562"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="72581"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="680135"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="28218"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="70953"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3487"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="59431"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="517367"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="747278"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="28770"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="84122"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="4332"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="55553"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="573844"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="64340"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="785164"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="3315"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="14654"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="135862"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="833817"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="54.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1915464"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="71623"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="855891"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="13957"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="112509"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="859031"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="55.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="285788"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4419"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="46859"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="17050"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="215823"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="309928"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5056"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="55368"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="17549"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="230080"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="25364"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="3124"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="20695"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="26461"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="3322"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="21542"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="42731"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="5509"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="34919"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="47667"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="6463"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="38761"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="137671"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="9146"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4807"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="122340"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="146435"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="10096"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5350"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="129574"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="19243"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="1989"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="16057"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="20649"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="2140"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="16920"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="54577"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="5057"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3056"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="45579"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="61404"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="5944"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3353"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="51156"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="48929"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="8018"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4454"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="35554"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="61366"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="12151"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5441"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="42280"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="141447"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2336"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="23193"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7371"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="107976"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="156047"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2678"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="27748"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7659"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="117347"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="69278"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="2636"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="64622"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="74411"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="3076"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="69142"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="95753"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="89492"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="102532"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="3630"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3017"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="95268"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="95828"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="6884"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4202"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="83685"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="104056"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="8221"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4932"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="89595"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="110862"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="8605"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3807"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="97210"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="120931"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="9978"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4280"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="105231"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="841683"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7587"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="77465"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2333"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="35329"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="718129"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C01"/>
+    <s v="Total aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="921959"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C02"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8586"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C03"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="92769"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C04"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C05"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3171"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C06"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="39927"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C07"/>
+    <s v="Total not in labour force"/>
+    <s v="Number"/>
+    <n v="776816"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9011C08"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="15.7"/>
+  </r>
+</pivotCacheRecords>
 </file>