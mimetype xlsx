--- v1 (2025-12-24)
+++ v2 (2026-02-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20297492624340d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dba0d9c3b19f4248bbedf728d62b4650.psmdcp" Id="R9fa6a791dfc145a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56f3ffbcf7cc49e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d456a0e1353f462ba5b6995063fea079.psmdcp" Id="R8b118d99a8be4404" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>