--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65f52e29786045d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/368759406527472facafd7a478c9f384.psmdcp" Id="Radd1cfd068224bac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcf58809cb514f8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26a3b77e692b4602aaf9bd9882d8f520.psmdcp" Id="R4b5864b2eba54b91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E9010</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Principle Economic Status of Persons with a Disability Aged 15 Years and Over Living Alone 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>1/12/2022 11:00:00 AM</x:t>
+    <x:t>12/01/2022 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9010/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - Health, Disability and Carers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -520,379 +520,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Disability Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J925" totalsRowShown="0">
   <x:autoFilter ref="A1:J925"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02686V03253"/>
     <x:tableColumn id="8" name="Disability Type"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1163,51 +952,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9010/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1394,51 +1183,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J925"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="59.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="65.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -31028,51 +30817,51 @@
       <x:c r="G925" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H925" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I925" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J925" s="0">
         <x:v>29.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31089,51 +30878,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J925" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="11">
         <x:s v="E9010C01"/>
         <x:s v="E9010C02"/>
         <x:s v="E9010C03"/>
         <x:s v="E9010C04"/>
         <x:s v="E9010C05"/>
         <x:s v="E9010C06"/>
         <x:s v="E9010C07"/>
         <x:s v="E9010C08"/>
         <x:s v="E9010C09"/>
         <x:s v="E9010C10"/>
         <x:s v="E9010C11"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="11">
         <x:s v="Total persons"/>
         <x:s v="Persons living alone"/>
         <x:s v="Persons living alone - At Work"/>
         <x:s v="Persons living alone - Unemployed"/>
         <x:s v="Persons living alone - Not in the labour force"/>
         <x:s v="Persons living alone - Unemployment rate"/>
@@ -32090,27 +31879,11116 @@
         <x:n v="26.1"/>
         <x:n v="27.3"/>
         <x:n v="18"/>
         <x:n v="38.8"/>
         <x:n v="38.5"/>
         <x:n v="22.9"/>
         <x:n v="44.7"/>
         <x:n v="42.5"/>
         <x:n v="32"/>
         <x:n v="11.9"/>
         <x:n v="23.4"/>
         <x:n v="25.3"/>
         <x:n v="19.2"/>
         <x:n v="32.8"/>
         <x:n v="36.6"/>
         <x:n v="30.5"/>
         <x:n v="20.4"/>
         <x:n v="29.2"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="542277"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="48223"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="89110"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="237748"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="44496"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="111602"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="88898"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="257306"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="115253"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="153769"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="182248"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="193165"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="1521818"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="256489"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="22859"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="46379"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="100077"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="25253"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="57025"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="39969"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="115859"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="45975"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="58016"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="86420"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="82303"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="680135"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="285788"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="25364"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="42731"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="137671"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="19243"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="54577"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="48929"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="141447"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="69278"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="95753"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="95828"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="110862"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="841683"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="3755313"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="584045"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="50782"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="99997"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="253883"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="49352"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="125833"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="110919"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="279359"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="125724"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="168003"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="194751"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="210634"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="1669237"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1839849"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="274117"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="24321"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="52330"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="107448"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="28703"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="64429"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="49553"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="123312"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="51313"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="65471"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="90695"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="89703"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="747278"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1915464"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="309928"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="26461"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="47667"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="146435"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="20649"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="61404"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="61366"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="156047"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="74411"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="102532"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="104056"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="120931"/>
+  </r>
+  <r>
+    <s v="E9010C01"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="921959"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="389671"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="106270"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="11274"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="19785"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="54914"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="5087"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="18056"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="16487"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="48697"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="20514"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="31050"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="31139"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="36489"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="293492"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="192637"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="48024"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="5088"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="8442"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="21724"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="3268"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="9393"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="8936"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="21514"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="7721"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="10536"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="15521"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="14864"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="127007"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="197034"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="58246"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="6186"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="11343"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="33190"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="8663"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="7551"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="27183"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="12793"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="20514"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="15618"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="21625"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="166485"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="398535"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="113029"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="11929"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="22954"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="59577"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="5829"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="20311"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="19452"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="53091"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="23260"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="34414"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="33568"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="40712"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="325097"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="195069"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="51026"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="5493"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="9766"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="24027"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="3801"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="10523"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="10580"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="23176"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="9026"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="12163"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="16398"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="16595"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="141548"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="203466"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="62003"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="6436"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="13188"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="35550"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="2028"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="9788"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="8872"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="29915"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="14234"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="22251"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="17170"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="24117"/>
+  </r>
+  <r>
+    <s v="E9010C02"/>
+    <s v="Persons living alone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="183549"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="163324"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="16201"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="2260"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="3836"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="2306"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="3219"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="7083"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="3189"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="28506"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="87861"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="8850"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="3526"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="15838"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="75463"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="7351"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="3557"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="1436"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="12668"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="166450"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="17242"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="2557"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="4111"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="2427"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="3910"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="7553"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="2836"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="3436"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="31285"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="92237"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="9496"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="3775"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="17471"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="74213"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="7746"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="3778"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="E9010C03"/>
+    <s v="Persons living alone - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="13814"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="47252"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="9681"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="2817"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="2382"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="3782"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="2545"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="20687"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="34527"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6834"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="1803"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="14533"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="12725"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2847"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="6154"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="35808"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="9022"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="2972"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="3724"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="2681"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="21246"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="24883"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="6135"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="2470"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="14584"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="10925"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="2887"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="E9010C04"/>
+    <s v="Persons living alone - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="6662"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="179095"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="80388"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="9280"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="16379"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="48261"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="3718"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="13368"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="10548"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="37832"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="18833"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="28835"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="25961"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="31284"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="244299"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="70249"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="32340"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="3718"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="6253"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="17820"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="2264"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="6068"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="5490"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="15360"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="6697"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="9188"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="12075"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="11703"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="96636"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="108846"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="48048"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="5562"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="10126"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="30441"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="7300"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="5058"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="22472"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="12136"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="19647"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="13886"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="19581"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="147663"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="196277"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="86765"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="9951"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="19358"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="52494"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="4239"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="15603"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="12688"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="41814"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="21344"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="31856"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="28051"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="35168"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="272566"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="77949"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="35395"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="4169"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="7467"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="19841"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="2656"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="7190"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="6609"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="16931"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="7843"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="10606"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="12862"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="13319"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="109493"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="118328"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="51370"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="5782"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="11891"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="32653"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="8413"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="6079"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="24883"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="13501"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="21250"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="15189"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="21849"/>
+  </r>
+  <r>
+    <s v="E9010C05"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="163073"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Rate"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Rate"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Rate"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Rate"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Rate"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Rate"/>
+    <n v="52.1"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Rate"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Rate"/>
+    <n v="45.8"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Rate"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Rate"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Rate"/>
+    <n v="48.9"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Rate"/>
+    <n v="49.2"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Rate"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Rate"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Rate"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Rate"/>
+    <n v="43.6"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Rate"/>
+    <n v="44.1"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Rate"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Rate"/>
+    <n v="48.1"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Rate"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Rate"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Rate"/>
+    <n v="52.3"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Rate"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Rate"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Rate"/>
+    <n v="52.7"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Rate"/>
+    <n v="53.7"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Rate"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Rate"/>
+    <n v="47.9"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Rate"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Rate"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Rate"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Rate"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Rate"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Rate"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Rate"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Rate"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Rate"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Rate"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Rate"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Rate"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Rate"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Rate"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Rate"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Rate"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Rate"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Rate"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Rate"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Rate"/>
+    <n v="51.9"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Rate"/>
+    <n v="48.4"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Rate"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Rate"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Rate"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Rate"/>
+    <n v="50.2"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Rate"/>
+    <n v="48.6"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Rate"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Rate"/>
+    <n v="40.4"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Rate"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Rate"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Rate"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Rate"/>
+    <n v="32.4"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Rate"/>
+    <n v="47.4"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Rate"/>
+    <n v="52.2"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Rate"/>
+    <n v="50.6"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Rate"/>
+    <n v="47.1"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Rate"/>
+    <n v="39.6"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Rate"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Rate"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Rate"/>
+    <n v="52.9"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Rate"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Rate"/>
+    <n v="45.5"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Rate"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Rate"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Rate"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Rate"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Rate"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Rate"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Rate"/>
+    <n v="43.1"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Rate"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Rate"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Rate"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Rate"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Rate"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Rate"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="E9010C06"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Rate"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="3218991"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="436007"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="36949"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="69325"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="182834"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="39409"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="93546"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="72411"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="208609"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="94739"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="122719"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="151109"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="156676"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="1228326"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1578873"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="208465"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="17771"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="37937"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="78353"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="21985"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="47632"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="31033"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="94345"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="38254"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="47480"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="70899"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="67439"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="553128"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1640118"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="227542"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="19178"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="31388"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="104481"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="17424"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="45914"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="41378"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="114264"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="56485"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="75239"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="80210"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="89237"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="675198"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="3356778"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="471016"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="38853"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="77043"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="194306"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="43523"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="105522"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="91467"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="226268"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="102464"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="133589"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="161183"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="169922"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="1344140"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1644780"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="223091"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="18828"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="42564"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="83421"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="24902"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="53906"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="38973"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="100136"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="42287"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="53308"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="74297"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="73108"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="605730"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1711998"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="247925"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="20025"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="34479"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="110885"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="18621"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="51616"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="52494"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="126132"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="60177"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="80281"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="86886"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="96814"/>
+  </r>
+  <r>
+    <s v="E9010C07"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="738410"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1644036"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="96301"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="7117"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="14644"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="17404"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="4815"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="12211"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="12504"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="45216"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="5454"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="6353"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="14683"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="16835"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="157236"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="866680"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="52005"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="4130"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="9424"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="8877"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="2975"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="7448"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="5436"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="23064"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="2839"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="3120"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="8063"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="8636"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="84012"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="777356"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="44296"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="2987"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="5220"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="8527"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="4763"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="7068"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="22152"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="2615"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="3233"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="6620"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="8199"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="73224"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1840191"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="112825"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="7640"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="17104"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="18952"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="5287"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="14520"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="19650"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="53419"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="5814"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="6554"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="16499"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="18870"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="184309"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="984437"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="59839"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="4454"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="10959"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="9562"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="3289"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="8896"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="8325"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="26634"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="3113"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="8559"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="9356"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="96078"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="855754"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="52986"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="3186"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="6145"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="9390"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="5624"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="11325"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="26785"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="2883"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="3441"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="7940"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="9514"/>
+  </r>
+  <r>
+    <s v="E9010C08"/>
+    <s v="Persons not living alone (incl. not stated) - At Work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="88231"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="377591"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="40498"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="3069"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="4577"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="9556"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="3306"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="8996"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="8395"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="16146"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="2962"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="4342"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="10416"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="8128"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="79893"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="239800"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="25027"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="3202"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="5501"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="2325"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="6124"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="4581"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="9538"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="2181"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="6625"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="4719"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="48385"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="137791"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="15471"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="4055"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="2872"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="3814"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="6608"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="1384"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="2161"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="3791"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="3409"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="31508"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="261588"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="37356"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="2754"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="3873"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="9768"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="3709"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="8880"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="10181"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="14799"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="3170"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="5337"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="10858"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="8408"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="81737"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="146047"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="21127"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="2409"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="5194"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="2423"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="5631"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="5213"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="7916"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="2515"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="6318"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="4490"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="45301"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="115541"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="16229"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="4574"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="3249"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="4968"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="6883"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="2822"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="4540"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="3918"/>
+  </r>
+  <r>
+    <s v="E9010C09"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="36436"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1197364"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="299208"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="26763"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="50104"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="155874"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="31288"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="72339"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="51512"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="147247"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="86323"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="112024"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="126010"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="131713"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="991197"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="472393"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="131433"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="11630"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="25311"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="63975"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="16685"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="34060"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="21016"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="61743"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="33837"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="42179"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="56211"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="54084"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="420731"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="724971"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="167775"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="15133"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="24793"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="91899"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="14603"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="38279"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="30496"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="85504"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="52486"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="69845"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="69799"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="77629"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="570466"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1254999"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="320835"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="28459"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="56066"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="165586"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="34527"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="82122"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="61636"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="158050"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="93480"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="121698"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="133826"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="142644"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="1078094"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="514296"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="142125"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="12699"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="29196"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="68665"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="19190"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="39379"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="25435"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="65586"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="37839"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="47680"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="59420"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="59262"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="464351"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="740703"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Number"/>
+    <n v="178710"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Number"/>
+    <n v="15760"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Number"/>
+    <n v="26870"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Number"/>
+    <n v="96921"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Number"/>
+    <n v="15337"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Number"/>
+    <n v="42743"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Number"/>
+    <n v="36201"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Number"/>
+    <n v="92464"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Number"/>
+    <n v="55641"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Number"/>
+    <n v="74018"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Number"/>
+    <n v="74406"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Number"/>
+    <n v="83382"/>
+  </r>
+  <r>
+    <s v="E9010C10"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Number"/>
+    <n v="613743"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Rate"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Rate"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Rate"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Rate"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Rate"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Rate"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Rate"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Rate"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Rate"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Rate"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Rate"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Rate"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Rate"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Rate"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Rate"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Rate"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Rate"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Rate"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Rate"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Rate"/>
+    <n v="43.9"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Rate"/>
+    <n v="45.1"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Rate"/>
+    <n v="45.7"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Rate"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Rate"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Rate"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Rate"/>
+    <n v="45.1"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Rate"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Rate"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Rate"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Rate"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Rate"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Rate"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Rate"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Rate"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Rate"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Rate"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Rate"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Rate"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Rate"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Rate"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Rate"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Rate"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Rate"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Rate"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Rate"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Rate"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Rate"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Rate"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Rate"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Rate"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Rate"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Rate"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Rate"/>
+    <n v="44.9"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Rate"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Rate"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Rate"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Rate"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Rate"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Rate"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Rate"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Rate"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Rate"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Rate"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Rate"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Rate"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Rate"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Rate"/>
+    <n v="44.7"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Rate"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Rate"/>
+    <n v="32.4"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Rate"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="Rate"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="Rate"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="Rate"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="Rate"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="Rate"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="Rate"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="Rate"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="Rate"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="Rate"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="Rate"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="Rate"/>
+    <n v="45.1"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="Rate"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="Rate"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="E9010C11"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="Rate"/>
+    <n v="29.2"/>
+  </r>
+</pivotCacheRecords>
 </file>