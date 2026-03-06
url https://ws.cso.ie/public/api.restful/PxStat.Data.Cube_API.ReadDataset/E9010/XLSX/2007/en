--- v1 (2025-12-27)
+++ v2 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcf58809cb514f8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26a3b77e692b4602aaf9bd9882d8f520.psmdcp" Id="R4b5864b2eba54b91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbedd2f5a3b844839" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9388fd92337b423581e692aad05a214a.psmdcp" Id="R48effbb87504420e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>