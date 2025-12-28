--- v0 (2025-11-04)
+++ v1 (2025-12-28)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0dd9ab633e841f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5d6018dc212e45eeb250ff27ab7d66ae.psmdcp" Id="Re8d16151b9364515" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R486a803b2a794c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8b8b965eef194607bc93f7f9b4922676.psmdcp" Id="Rd27d28e75725493f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E9005</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons with a Disability as a Percentage of All Population 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/2/2020 11:00:00 AM</x:t>
+    <x:t>02/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9005/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P9</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 9 - Health, Disability and Carers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -607,483 +607,194 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03367V04052" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J673" totalsRowShown="0">
   <x:autoFilter ref="A1:J673"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C03367V04052"/>
     <x:tableColumn id="4" name="County and City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1354,51 +1065,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E9005/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1585,51 +1296,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J673"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="61.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -23155,51 +22866,51 @@
       <x:c r="G673" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H673" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I673" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J673" s="0">
         <x:v>-1.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -23216,51 +22927,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J673" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03367V04052">
       <x:sharedItems count="32">
         <x:s v="IE"/>
         <x:s v="CW"/>
         <x:s v="DC"/>
         <x:s v="DR"/>
         <x:s v="FL"/>
         <x:s v="SD"/>
         <x:s v="KE"/>
@@ -23930,27 +23641,8092 @@
         <x:n v="36170"/>
         <x:n v="37846"/>
         <x:n v="4234"/>
         <x:n v="4783"/>
         <x:n v="549"/>
         <x:n v="80614"/>
         <x:n v="80170"/>
         <x:n v="11299"/>
         <x:n v="11616"/>
         <x:n v="317"/>
         <x:n v="2.8"/>
         <x:n v="30042"/>
         <x:n v="30520"/>
         <x:n v="3704"/>
         <x:n v="3662"/>
         <x:n v="12"/>
         <x:n v="-42"/>
         <x:n v="-1.1"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="4588252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="4761865"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="595335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="643131"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="47796"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="54612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="56932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="7482"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="8237"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="527612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="554554"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="78610"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="81502"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="2892"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="206261"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="218018"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="25123"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="27266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="273991"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="296020"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="27928"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="31970"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="4042"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="265205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="278767"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="32678"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="36426"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="3748"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="210312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="222504"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="24369"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="27768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="3399"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="95419"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="99232"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="11939"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="13332"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="80559"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="84697"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="10217"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="11393"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="39000"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="40873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="5404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="5916"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="122897"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="128884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="15932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="17881"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="184135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="195044"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="19669"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="22608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="2939"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="76687"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="77961"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="10253"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="11154"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="86164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="88770"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="11303"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="11887"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="145320"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="149722"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="20134"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="22650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="2516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="136640"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="142425"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="17616"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="19244"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="117196"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="118817"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="14775"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="15369"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="119230"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="125657"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="21098"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="22722"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="399802"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="417211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="47274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="52659"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="5385"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="145502"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="147707"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="19168"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="19965"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="191809"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="194899"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="27343"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="29228"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1885"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="158754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="159553"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="22660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="23593"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="113795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="116176"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="15635"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="16675"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="75529"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="78668"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="8989"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="10133"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="175124"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="179390"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="21186"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="22523"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="31798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="32044"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="4289"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="4486"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="130638"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="130507"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="17710"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="17977"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="64065"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="64544"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="8759"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="9313"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="65393"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="65535"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="9248"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="9577"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="73183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="76176"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="8714"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="9508"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="161137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="159192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="22646"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="22955"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="60483"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="61386"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="7184"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="7214"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="2272699"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="2354428"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="289728"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="311580"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="21852"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="27431"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="28465"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="3830"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="4143"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="257303"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="272270"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="36651"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="37883"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="98567"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="104584"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="11309"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="12425"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="134488"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="145240"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="13182"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="15108"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="129544"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="136277"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="15546"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="17432"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="104658"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="110546"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="12106"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="13719"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="47788"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="49533"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="5974"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="6647"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="40587"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="42811"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="5152"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="5750"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="19649"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="20587"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="2616"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="2922"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="60763"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="63633"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="7829"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="8732"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="91910"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="96776"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="9779"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="11150"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="38430"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="38838"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="5033"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="5461"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="42783"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="44082"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="5559"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="5778"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="71909"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="73722"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="10096"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="11172"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="67542"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="70156"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="8641"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="9402"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="58298"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="58785"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="7264"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="7481"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="58812"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="61722"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="10142"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="10739"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="198658"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="206953"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="23251"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="25788"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="2537"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="72629"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="73055"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="9410"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="9744"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="95815"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="97340"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="13451"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="14357"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="79584"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="79668"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="11319"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="11695"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="56464"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="57651"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="7613"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="8222"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="36514"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="37800"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="4336"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="4833"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="88244"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="89863"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="10607"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="11135"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="16144"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="16064"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="2233"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="2249"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="65420"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="65047"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="8688"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="8769"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="32353"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="32377"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="4362"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="4627"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="32435"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="32365"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="4442"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="4601"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="37013"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="38330"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="4480"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="4725"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="80523"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="79022"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="11347"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="11339"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="-8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="30441"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="30866"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="3480"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="3552"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="2315553"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="2407437"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="305607"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="331551"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="25944"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="27181"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="28467"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="3652"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="4094"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="270309"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="282284"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="41959"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="43619"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1660"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="107694"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="113434"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="13814"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="14841"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="139503"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="150780"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="14746"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="16862"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="2116"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="135661"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="142490"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="17132"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="18994"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="105654"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="111958"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="12263"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="14049"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1786"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="47631"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="49699"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="5965"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="6685"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="39972"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="41886"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="5065"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="5643"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="19351"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="20286"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="2788"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="2994"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="62134"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="65251"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="8103"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="9149"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="92225"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="98268"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="9890"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="11458"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="38257"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="39123"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="5220"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="5693"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="43381"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="44688"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="5744"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="6109"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="73411"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="76000"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="10038"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="11478"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="69098"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="72269"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="8975"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="9842"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="58898"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="60032"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="7511"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="7888"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="60418"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="63935"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="10956"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="11983"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="201144"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="210258"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="24023"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="26871"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="2848"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="72873"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="74652"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="9758"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="10221"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="95994"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="97559"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="13892"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="14871"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="79170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="79885"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="11341"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="11898"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="57331"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="58525"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="8022"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="8453"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="39015"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="40868"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="4653"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="5300"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="86880"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="89527"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="10579"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="11388"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="15654"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="15980"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="65218"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="65460"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="9022"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="9208"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="31712"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="32167"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="4397"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="4686"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="32958"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="33170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="4806"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="4976"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="36170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="37846"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="4234"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="4783"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="80614"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="80170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="11299"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="11616"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C01"/>
+    <s v="Total persons 2011"/>
+    <s v="Number"/>
+    <n v="30042"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C02"/>
+    <s v="Total persons 2016"/>
+    <s v="Number"/>
+    <n v="30520"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C03"/>
+    <s v="Persons with a disability 2011"/>
+    <s v="Number"/>
+    <n v="3704"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C04"/>
+    <s v="Persons with a disability 2016"/>
+    <s v="Number"/>
+    <n v="3662"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C05"/>
+    <s v="Persons with a disability as a % of total persons"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C06"/>
+    <s v="Actual change in persons with a disability since previous census"/>
+    <s v="Number"/>
+    <n v="-42"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E9005C07"/>
+    <s v="Percentage change in persons with a disability since previous census"/>
+    <s v="%"/>
+    <n v="-1.1"/>
+  </r>
+</pivotCacheRecords>
 </file>