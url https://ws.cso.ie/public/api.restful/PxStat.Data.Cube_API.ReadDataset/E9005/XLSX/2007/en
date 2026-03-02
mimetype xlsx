--- v1 (2025-12-28)
+++ v2 (2026-03-02)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R486a803b2a794c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8b8b965eef194607bc93f7f9b4922676.psmdcp" Id="Rd27d28e75725493f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55d267f858a042a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fd2117cb95104f188d200580a14e5026.psmdcp" Id="R19c5c10a32304165" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>