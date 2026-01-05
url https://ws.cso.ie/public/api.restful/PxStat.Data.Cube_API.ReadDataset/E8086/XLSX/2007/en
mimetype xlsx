--- v0 (2025-11-06)
+++ v1 (2026-01-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R747a2af9f4c14c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/86d5a63eb2134340af7eae02f455aaeb.psmdcp" Id="Re89c004e00624203" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb06b68a4cdf249ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/70691b70f4a34c04939a5d0d6f25d03f.psmdcp" Id="Rd4753f0d99c8468d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E8086</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Married Couples Both Present in Their Place of Usual Residence 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/28/2020 11:00:00 AM</x:t>
+    <x:t>28/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve">Only includes family units where both parents have stated their religionFor the 2016 Census, the religion breakdown has been expanded. In 2011 the religions with a 0 figure were included in the </x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Other Stated Religion</x:t>
@@ -538,563 +538,214 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...511 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion of Mother" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280B" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion of Father" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1251" totalsRowShown="0">
   <x:autoFilter ref="A1:J1251"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02712V03280A"/>
     <x:tableColumn id="4" name="Religion of Mother"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="C02712V03280B"/>
     <x:tableColumn id="8" name="Religion of Father"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1365,51 +1016,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E8086/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1598,51 +1249,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1251"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="69.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="17.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="45.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="17.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="45.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -41664,51 +41315,51 @@
       <x:c r="G1251" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H1251" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I1251" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J1251" s="0">
         <x:v>3842</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -41725,51 +41376,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1251" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E8086"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02712V03280A">
       <x:sharedItems count="25">
         <x:s v="01"/>
         <x:s v="04"/>
         <x:s v="07"/>
         <x:s v="10"/>
         <x:s v="09"/>
         <x:s v="12"/>
         <x:s v="14"/>
         <x:s v="13"/>
         <x:s v="11"/>
         <x:s v="17"/>
         <x:s v="15"/>
@@ -42182,27 +41833,15028 @@
         <x:n v="808983"/>
         <x:n v="223"/>
         <x:n v="448"/>
         <x:n v="5666"/>
         <x:n v="425"/>
         <x:n v="99"/>
         <x:n v="77"/>
         <x:n v="507"/>
         <x:n v="365"/>
         <x:n v="1206"/>
         <x:n v="145"/>
         <x:n v="73"/>
         <x:n v="627"/>
         <x:n v="4542"/>
         <x:n v="1196"/>
         <x:n v="731"/>
         <x:n v="6273"/>
         <x:n v="3842"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="653191"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="10403"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="20018"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="692900"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="633157"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="9990"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="28420"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="682119"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="7983"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="12688"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="22828"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="7495"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="12032"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="22050"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="6956"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="7287"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="8952"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="9360"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="6572"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="8434"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="1549"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="9170"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="11604"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="2601"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="4499"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="2495"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="4350"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="2213"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="2970"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="2523"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="2695"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="6710"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="19323"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="28041"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="10581"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="38856"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="52406"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="675230"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="24457"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="8977"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="7747"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="4938"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="2451"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="2901"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="43372"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="786856"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="6396"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="659465"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="23580"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="11019"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="10689"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="4787"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="1863"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="3267"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="3354"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="72908"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="808983"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="5666"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="6956"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="4542"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="Number"/>
+    <n v="6273"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E8086"/>
+    <s v="Married Couples Both Present in Their Place of Usual Residence 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="Number"/>
+    <n v="3842"/>
+  </r>
+</pivotCacheRecords>
 </file>