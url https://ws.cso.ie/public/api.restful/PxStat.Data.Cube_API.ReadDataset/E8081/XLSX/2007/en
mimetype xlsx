--- v0 (2025-11-08)
+++ v1 (2026-03-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1081fbf4a7d946ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a2aff347b10547379af70391c6ac22df.psmdcp" Id="Ra05dd49aed76421a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5ca1ff2b18c4328" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c45abb9fedd4488b4bbc475f4b343a8.psmdcp" Id="Rbb0193229cf649ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E8081</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Composition of Religions Within Private Households 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/2/2020 11:00:00 AM</x:t>
+    <x:t>02/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve">For the 2016 Census, the religion breakdown has been expanded. In 2011 the religions with a 0 figure were included in the </x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Other Stated Religion</x:t>
@@ -586,419 +586,178 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...367 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02255V02727" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Composition of Private Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="20">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="20">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1201" totalsRowShown="0">
   <x:autoFilter ref="A1:J1201"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02255V02727"/>
     <x:tableColumn id="2" name="Composition of Private Household"/>
     <x:tableColumn id="3" name="C02712V03280"/>
     <x:tableColumn id="4" name="Religion of Reference Person"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1269,51 +1028,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E8081/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1502,51 +1261,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1201"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="63.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="45.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="54.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -39968,51 +39727,51 @@
       <x:c r="G1201" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H1201" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I1201" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J1201" s="0">
         <x:v>62</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -40029,51 +39788,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1201" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02255V02727">
       <x:sharedItems count="10">
         <x:s v="-"/>
         <x:s v="02"/>
         <x:s v="49"/>
         <x:s v="50"/>
         <x:s v="52"/>
         <x:s v="51"/>
         <x:s v="395"/>
         <x:s v="405"/>
         <x:s v="42"/>
         <x:s v="44"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Composition of Private Household">
       <x:sharedItems count="10">
         <x:s v="All private households"/>
         <x:s v="One person"/>
         <x:s v="Married couple (or cohabiting couple)"/>
         <x:s v="Married couple (or cohabiting couple) with children"/>
         <x:s v="Married couple (or cohabiting couple) with children and other persons"/>
         <x:s v="Married couple (or cohabiting couple) with other persons"/>
         <x:s v="One parent mother"/>
@@ -40848,27 +40607,14428 @@
         <x:n v="959"/>
         <x:n v="131"/>
         <x:n v="181"/>
         <x:n v="484"/>
         <x:n v="411"/>
         <x:n v="666"/>
         <x:n v="592"/>
         <x:n v="51"/>
         <x:n v="47"/>
         <x:n v="337"/>
         <x:n v="20485"/>
         <x:n v="6819"/>
         <x:n v="13666"/>
         <x:n v="29776"/>
         <x:n v="11567"/>
         <x:n v="18209"/>
         <x:n v="366"/>
         <x:n v="325"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1451268"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1319343"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="131925"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1416719"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1244694"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="172025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="67506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="32155"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="35351"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="66044"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="31336"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="34708"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="16773"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="12081"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="4692"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="20699"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="15405"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="5294"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="19285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="11113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="8172"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="25430"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="14972"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="10458"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="12729"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="5611"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="7118"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="12388"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="5403"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="6985"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="4184"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="2846"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="3965"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="2739"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="4596"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="2989"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="5917"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="3774"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="5271"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1979"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="3292"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="6001"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="3949"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="3698"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="3462"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="2107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2710"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2819"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="3446"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="2556"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="3085"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="2311"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1815"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="3690"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="2322"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="3152"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="2376"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="6252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="4766"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2832"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="2130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="4123"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="3229"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="5828"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="4298"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="158599"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="71760"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="86839"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="253761"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="122384"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="131377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2380"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="322615"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="322615"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="312775"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="312775"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="12107"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="12107"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="11785"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="11785"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2426"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="2426"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="29880"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="29880"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="41048"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="41048"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="278933"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="247996"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="30937"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="273992"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="240296"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="33696"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="15802"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="6082"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="9720"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="14900"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="5884"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="9016"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2923"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="3749"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="2014"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2952"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1976"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2794"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="33384"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="14369"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="19015"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="50161"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="26220"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="23941"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="528008"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="468627"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="59381"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="525477"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="442607"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="82870"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="25424"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="7615"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="17809"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="25197"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="7322"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="17875"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="7377"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="5671"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="9271"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="7407"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="7288"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="4359"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="2929"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="9856"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="5945"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="3911"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="4936"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="3300"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="4760"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="3236"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2683"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="2035"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2097"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1885"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2555"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="2322"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="50620"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="12935"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="37685"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="90542"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="28634"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="61908"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="18682"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="14159"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="4523"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="16489"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="11476"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="5013"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="4048"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="3079"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="5401"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="3879"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Married couple (or cohabiting couple) with children and other persons"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="27107"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="22163"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="4944"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="27518"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="20297"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="7221"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="3571"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="3021"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="6279"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="5252"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Married couple (or cohabiting couple) with other persons"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="153060"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="142872"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="10188"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="145821"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="130310"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="15511"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="6327"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="3910"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="2417"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="6431"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="4007"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="2424"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2595"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1648"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="12220"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="4824"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="7396"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="22746"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="9952"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="12794"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="395"/>
+    <s v="One parent mother"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="24541"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="22447"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="24105"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="21005"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="4524"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="2597"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="One parent father"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="17145"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="14853"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="20262"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="16452"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="3810"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="3284"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="2797"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="81177"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="63611"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="17566"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="70280"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="49476"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="20804"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="3559"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="3222"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2152"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2962"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2915"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="1852"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="20485"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="6819"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="13666"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="29776"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="11567"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="18209"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C01"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C02"/>
+    <s v="Private Households With Listed Religion Only"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8081C03"/>
+    <s v="Private Households With Listed Religion With Other Religion"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+</pivotCacheRecords>
 </file>