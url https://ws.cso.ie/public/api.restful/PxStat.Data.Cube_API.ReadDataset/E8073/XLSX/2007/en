--- v0 (2025-11-14)
+++ v1 (2026-01-09)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82aef899360c4131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43e04de4387d4715b27e9b1c1e6a78c5.psmdcp" Id="R8017b506c8d0432d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra44808b27bee40db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c05613c4f8ef4454a96bf084dbd46c78.psmdcp" Id="R61e1817ab47447d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E8073</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/1/2020 11:00:00 AM</x:t>
+    <x:t>01/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve">For the 2016 Census, the religion breakdown has been expanded. In 2011 the religions with a 0 figure were included in the </x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Other Stated Religion</x:t>
@@ -571,427 +571,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...375 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02703V03271" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Computer and Internet Access" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J401" totalsRowShown="0">
   <x:autoFilter ref="A1:J401"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02703V03271"/>
     <x:tableColumn id="4" name="Computer and Internet Access"/>
     <x:tableColumn id="5" name="C02712V03280"/>
     <x:tableColumn id="6" name="Religion of Reference Person"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1262,51 +1015,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E8073/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1495,51 +1248,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J401"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="55.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="45.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -14361,51 +14114,51 @@
       <x:c r="G401" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I401" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J401" s="0">
         <x:v>293</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14422,51 +14175,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J401" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E8073"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02703V03271">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Computer and Internet Access">
@@ -14896,27 +14649,4828 @@
         <x:n v="30"/>
         <x:n v="40"/>
         <x:n v="15"/>
         <x:n v="62"/>
         <x:n v="20"/>
         <x:n v="58"/>
         <x:n v="21"/>
         <x:n v="4"/>
         <x:n v="214"/>
         <x:n v="1376"/>
         <x:n v="2344"/>
         <x:n v="9769"/>
         <x:n v="23626"/>
         <x:n v="38397"/>
         <x:n v="52940"/>
         <x:n v="25"/>
         <x:n v="303"/>
         <x:n v="293"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1374815"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1323999"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49364"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47936"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13893"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17423"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14502"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19435"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8856"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8600"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3514"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3332"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3661"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4657"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3140"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3472"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2935"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3567"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3506"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7616"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7576"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110090"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177304"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30289"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45993"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13913"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12700"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="980322"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="884974"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36133"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33229"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11259"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12337"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12529"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15638"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6748"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6258"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2911"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3203"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3664"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2732"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2806"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1901"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2522"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2787"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6331"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5903"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96925"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="148156"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14909"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14729"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1199298"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1160603"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11606"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9865"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372779"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="411250"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12429"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13663"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2125"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4271"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3080"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2153"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11875"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26417"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5654"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7444"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414597"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="478487"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21714"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27775"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2731"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9726"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23820"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35513"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58575"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="855908"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="920812"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31353"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33532"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10417"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13263"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10982"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15939"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5871"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6185"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2650"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3141"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4154"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1874"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2875"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2901"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5562"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5898"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87099"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="148370"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14189"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16528"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1051942"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1200067"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10361"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9786"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111601"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103171"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4239"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4221"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8570"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13590"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1712"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132973"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="131676"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="382986"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="276761"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12935"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9253"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13045"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13000"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4619"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4011"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426096"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="312982"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24320"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23255"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9769"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23626"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38397"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52940"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="E8073"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+</pivotCacheRecords>
 </file>