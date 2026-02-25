--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra44808b27bee40db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c05613c4f8ef4454a96bf084dbd46c78.psmdcp" Id="R61e1817ab47447d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f5f8ae9b0374656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/19aed73bfcd0462b9ca6cd15a38a6f0f.psmdcp" Id="Re02f74eb365748a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>