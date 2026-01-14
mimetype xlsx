--- v0 (2025-11-13)
+++ v1 (2026-01-14)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dfcdf22d6e449d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aeb8da300bc14d0890a2bf685c3cec73.psmdcp" Id="R9a1688be48dc4cc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfefbd8e7611541a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f92e9815a1e44b4a0559ab2b00e4952.psmdcp" Id="R7d26eb0cb0254e99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E8071</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/1/2020 11:00:00 AM</x:t>
+    <x:t>01/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve">For the 2016 Census, the religion breakdown has been expanded. In 2011 the religions with a 0 figure were included in the </x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Other Stated Religion</x:t>
@@ -589,459 +589,188 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...407 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02729V03297" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Rooms Occupied" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J601" totalsRowShown="0">
   <x:autoFilter ref="A1:J601"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02729V03297"/>
     <x:tableColumn id="4" name="Number of Rooms Occupied"/>
     <x:tableColumn id="5" name="C02712V03280"/>
     <x:tableColumn id="6" name="Religion of Reference Person"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1312,51 +1041,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E8071/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1545,51 +1274,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J601"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="55.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="28.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="45.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -20811,51 +20540,51 @@
       <x:c r="G601" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H601" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I601" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J601" s="0">
         <x:v>616</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20872,51 +20601,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J601" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E8071"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02729V03297">
       <x:sharedItems count="12">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="101"/>
@@ -21467,27 +21196,7228 @@
         <x:n v="59"/>
         <x:n v="47"/>
         <x:n v="60"/>
         <x:n v="36"/>
         <x:n v="86"/>
         <x:n v="43"/>
         <x:n v="22"/>
         <x:n v="34"/>
         <x:n v="84"/>
         <x:n v="375"/>
         <x:n v="2334"/>
         <x:n v="4598"/>
         <x:n v="9965"/>
         <x:n v="24365"/>
         <x:n v="66328"/>
         <x:n v="94053"/>
         <x:n v="536"/>
         <x:n v="616"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1374815"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1323999"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49364"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47936"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13893"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17423"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14502"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19435"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8856"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8600"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3514"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3332"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3661"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4657"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3140"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3472"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2935"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3567"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3506"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7616"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7576"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110090"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177304"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30289"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45993"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13913"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12700"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14614"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13968"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2748"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3748"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23058"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23752"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55422"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56719"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2153"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2473"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3752"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2627"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3684"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9051"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13821"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78373"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88719"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119041"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="121450"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4477"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4862"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3264"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4176"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3645"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5278"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14952"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23723"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2974"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156731"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172739"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140156"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="135141"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4903"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4750"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2327"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2715"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15005"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23788"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2788"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174296"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="179989"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="327158"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="307562"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9375"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8936"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2649"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3229"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1519"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23191"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39085"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4516"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4652"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380115"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="378691"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2914"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2659"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260005"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="246884"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8789"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8240"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17646"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29073"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3418"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3513"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299646"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="299371"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1964"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195060"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="185534"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7379"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6898"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12355"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19911"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2269"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2605"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223835"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="222308"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122207"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115353"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5241"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4790"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7609"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11715"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140460"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="137904"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52912"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48629"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2255"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2965"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4513"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60707"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57900"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39465"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34914"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2234"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3329"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45859"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42239"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48775"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57845"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2334"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4598"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9965"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24365"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66328"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94053"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="E8071"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+</pivotCacheRecords>
 </file>