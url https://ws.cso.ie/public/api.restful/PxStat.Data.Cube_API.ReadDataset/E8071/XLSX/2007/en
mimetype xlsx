--- v1 (2026-01-14)
+++ v2 (2026-03-01)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfefbd8e7611541a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f92e9815a1e44b4a0559ab2b00e4952.psmdcp" Id="R7d26eb0cb0254e99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7ab92325c754ae6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1b96f789661643069046ab865606ba6b.psmdcp" Id="Ra6dd19cc8ac44af0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>