--- v0 (2025-11-15)
+++ v1 (2026-01-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb846c0c3d0594e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b3f57bd2745e43b5b1a1d60713e79da6.psmdcp" Id="R7bd71b9e81d843ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b721937234c4569" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/515402f176bd444fb3a7d8071cb5a85f.psmdcp" Id="Rd9cd111f851e453a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E8070</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/1/2020 11:00:00 AM</x:t>
+    <x:t>01/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve">For the 2016 Census, the religion breakdown has been expanded. In 2011 the religions with a 0 figure were included in the </x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Other Stated Religion</x:t>
@@ -568,427 +568,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...375 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J401" totalsRowShown="0">
   <x:autoFilter ref="A1:J401"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02699V03267"/>
     <x:tableColumn id="4" name="Nature of Occupancy"/>
     <x:tableColumn id="5" name="C02712V03280"/>
     <x:tableColumn id="6" name="Religion of Reference Person"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1259,51 +1012,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E8070/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1492,51 +1245,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J401"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="55.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="45.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -14358,51 +14111,51 @@
       <x:c r="G401" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I401" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J401" s="0">
         <x:v>12700</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14419,51 +14172,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J401" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E8070"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02699V03267">
       <x:sharedItems count="8">
         <x:s v="02"/>
         <x:s v="01"/>
         <x:s v="05A"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Nature of Occupancy">
@@ -14879,27 +14632,4828 @@
         <x:n v="1533"/>
         <x:n v="2100"/>
         <x:n v="980"/>
         <x:n v="1356"/>
         <x:n v="649"/>
         <x:n v="3506"/>
         <x:n v="7616"/>
         <x:n v="7576"/>
         <x:n v="110090"/>
         <x:n v="177304"/>
         <x:n v="30289"/>
         <x:n v="45993"/>
         <x:n v="1649408"/>
         <x:n v="1697665"/>
         <x:n v="1534"/>
         <x:n v="1015"/>
         <x:n v="13913"/>
         <x:n v="12700"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="509011"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="532537"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19286"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19980"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3183"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3282"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21088"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36481"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5675"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7085"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="566776"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="611877"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2809"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3224"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="504795"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="435454"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15273"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12849"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2181"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2107"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2942"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2222"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38491"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60677"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5031"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5321"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583148"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="535675"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3965"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3128"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203907"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="183675"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9031"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8228"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9167"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11170"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10430"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12655"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2153"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2005"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1871"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3070"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3226"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3166"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41902"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62652"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8039"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6816"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305377"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="309728"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5035"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4107"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111283"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115865"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3485"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4068"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5126"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9827"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1966"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2697"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129033"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="143178"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11920"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12504"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14942"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16765"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20467"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20936"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3290"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25436"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27440"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13432"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23028"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8800"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23193"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24696"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53002"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1374815"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1323999"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49364"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47936"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13893"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17423"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14502"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19435"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8856"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8600"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3514"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3332"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3661"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4657"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3140"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3472"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2935"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3567"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3506"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7616"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7576"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110090"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177304"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30289"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45993"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13913"/>
+  </r>
+  <r>
+    <s v="E8070"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12700"/>
+  </r>
+</pivotCacheRecords>
 </file>