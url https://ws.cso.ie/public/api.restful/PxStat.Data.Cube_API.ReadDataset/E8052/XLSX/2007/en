--- v0 (2025-11-04)
+++ v1 (2026-01-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c98de9c846941c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ae52392736804ad092651d2081288c70.psmdcp" Id="R38ec479ac5014fd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcc03048caab40d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ed5cf4146da44bbb8cbba854d652846.psmdcp" Id="R4f579c5eb5ae4ca8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E8052</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Percentage Change in Population 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/1/2020 11:00:00 AM</x:t>
+    <x:t>01/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve">For the 2016 Census, the religion breakdown has been expanded. In 2011 the religions with a 0 figure were included in the </x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Other Stated Religion</x:t>
@@ -745,627 +745,230 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...575 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="53">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="53">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J637" totalsRowShown="0">
   <x:autoFilter ref="A1:J637"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02712V03280"/>
     <x:tableColumn id="4" name="Religion"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1636,51 +1239,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E8052/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1869,51 +1472,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J637"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="45.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="50.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -22287,51 +21890,51 @@
       <x:c r="G637" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H637" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I637" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J637" s="0">
         <x:v>-8.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22348,51 +21951,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J637" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02712V03280">
       <x:sharedItems count="53">
         <x:s v="01"/>
         <x:s v="04"/>
         <x:s v="07"/>
         <x:s v="10"/>
         <x:s v="09"/>
         <x:s v="12"/>
         <x:s v="14"/>
@@ -22932,27 +22535,7660 @@
         <x:n v="1444"/>
         <x:n v="343"/>
         <x:n v="654"/>
         <x:n v="649"/>
         <x:n v="285"/>
         <x:n v="197"/>
         <x:n v="140"/>
         <x:n v="18"/>
         <x:n v="28"/>
         <x:n v="9"/>
         <x:n v="32"/>
         <x:n v="-11"/>
         <x:n v="-37.9"/>
         <x:n v="14"/>
         <x:n v="22055"/>
         <x:n v="20115"/>
         <x:n v="-1940"/>
         <x:n v="-8.8"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="3861335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="3729115"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-132220"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-3.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="129039"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="126414"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-2625"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="49204"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="63443"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="14239"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="45223"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="62187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="16964"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="24600"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="24211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-389"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-1.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="14043"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="13350"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-693"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-4.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="10688"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="14332"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="8703"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="9758"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="6842"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="6471"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-371"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-5.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="6149"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="6417"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="5683"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="5329"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-6.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="5326"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="5409"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="4188"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="9724"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5536"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="132.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="3905"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="7769"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3864"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="3531"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="3957"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="3521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="5198"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="47.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="2557"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="2752"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="8178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6899"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="539.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-41"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-4.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-43"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-12.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-4.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="13886"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="7860"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-6026"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-43.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="269811"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="468421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="198610"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="73.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="72914"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="125274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="52360"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="71.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="4588252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="4761865"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="173613"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="2983"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2983"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-25"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-38.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="41161"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="37427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-3734"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-9.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="1884192"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="1808768"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-75424"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="63455"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="61906"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-1549"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-2.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="28127"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="35791"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7664"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="21942"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="30383"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="8441"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="12350"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="12089"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-261"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-2.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="6498"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="6244"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-254"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-3.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="6192"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="8152"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="3955"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="4241"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="3127"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-187"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-5.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="2865"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="2165"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="1969"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-196"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-9.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="2316"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="2345"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="4427"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2523"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="132.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="5028"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2455"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="95.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="3004"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="44.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="3771"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3225"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="590.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-27"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-6.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-17"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-6.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-4.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="1266.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="7552"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="4217"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-3335"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-44.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="157219"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="259650"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="102431"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="39324"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="66274"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="26950"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="68.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="2272699"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="2354428"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="81729"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-14"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-38.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="19106"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="17312"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-1794"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-9.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="1977143"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="1920347"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-56796"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-2.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="65584"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="64508"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-1076"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-1.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="21077"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="27652"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6575"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="23281"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="31804"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="8523"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="12250"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="12122"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-128"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="7545"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="7106"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-439"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-5.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="4496"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="6180"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="4748"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="5517"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="3528"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="3344"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-184"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-5.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="3382"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="3552"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="3518"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="3360"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-158"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-4.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="3010"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="3064"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="5297"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3013"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="131.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="2741"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="105.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="2116"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="51.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="39.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="4407"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3674"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="501.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-14"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-2.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-20.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-22.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="3300"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="6334"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="3643"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-2691"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-42.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="112592"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="208771"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="96179"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="85.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="33590"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="59000"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="25410"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="75.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="2315553"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="2407437"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="91884"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="1987"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1987"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-11"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-37.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="22055"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="20115"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-1940"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8052C04"/>
+    <s v="Percentage change in population since previous census"/>
+    <s v="%"/>
+    <n v="-8.8"/>
+  </r>
+</pivotCacheRecords>
 </file>