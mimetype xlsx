--- v1 (2026-01-17)
+++ v2 (2026-03-04)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcc03048caab40d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ed5cf4146da44bbb8cbba854d652846.psmdcp" Id="R4f579c5eb5ae4ca8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd7c74d499eb4241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a2dd6d97bf8b44aa8020ede546a9371e.psmdcp" Id="Raea40f1675ae484b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>