--- v0 (2025-10-06)
+++ v1 (2025-11-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cd94a67030e4f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/127115bf7f82419295a923fcc52c183a.psmdcp" Id="Rcbd223dcf7c04b99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6d9f8b39660449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f6a3636ce3d406a879ffe4c9d9d9051.psmdcp" Id="R9295e319fca8462e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E8048</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Travellers Living in Private Households 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/1/2020 11:00:00 AM</x:t>
+    <x:t>01/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E8048/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P8</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 8 - Irish Travellers, Ethnicity and Religion</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -586,483 +586,200 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03367V04052" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L513" totalsRowShown="0">
   <x:autoFilter ref="A1:L513"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02010V02440"/>
     <x:tableColumn id="4" name="Type of Household"/>
     <x:tableColumn id="5" name="C03367V04052"/>
     <x:tableColumn id="6" name="County and City"/>
     <x:tableColumn id="7" name="C02254V02726"/>
     <x:tableColumn id="8" name="Persons per Household"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1335,51 +1052,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E8048/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1566,51 +1283,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L513"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="51.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="20.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="25.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -21096,51 +20813,51 @@
       <x:c r="I513" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L513" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21157,51 +20874,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L513" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E8048"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Irish Travellers Living in Private Households 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="4">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Household">
       <x:sharedItems count="4">
         <x:s v="All households"/>
         <x:s v="Permanent private"/>
         <x:s v="Temporary private"/>
@@ -21610,27 +21327,7196 @@
         <x:n v="8"/>
         <x:n v="26"/>
         <x:n v="1"/>
         <x:n v="2"/>
         <x:n v="385"/>
         <x:n v="1044"/>
         <x:n v="1396"/>
         <x:n v="40"/>
         <x:n v="15"/>
         <x:n v="52"/>
         <x:n v="13"/>
         <x:n v="37"/>
         <x:n v="33"/>
         <x:n v="34"/>
         <x:n v="76"/>
         <x:n v="70"/>
         <x:n v="100"/>
         <x:n v="59"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7765"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8717"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28498"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30058"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2176"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2171"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2427"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6579"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7317"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23967"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24992"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2166"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3487"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3670"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8048"/>
+    <s v="Irish Travellers Living in Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+</pivotCacheRecords>
 </file>