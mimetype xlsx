--- v1 (2025-11-26)
+++ v2 (2026-02-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6d9f8b39660449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f6a3636ce3d406a879ffe4c9d9d9051.psmdcp" Id="R9295e319fca8462e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09369fb9b40a444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d975f7af67c2485b948d482bdc98b8ac.psmdcp" Id="R07c59535ec744691" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>