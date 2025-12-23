--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0071cbe1322644fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fe3401ef1ecb4dab8eb9b44b7b1b7fce.psmdcp" Id="Rc5062b9fe2f3453d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reda1f83b0b8343d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5aed14e6abdc4b698daab5bc23c768e3.psmdcp" Id="R2e5657e3fb8d48b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E8017</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Travellers per 1000 of Total Population 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/30/2020 11:00:00 AM</x:t>
+    <x:t>30/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E8017/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P8</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 8 - Irish Travellers, Ethnicity and Religion</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -568,427 +568,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...375 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C03367V04052" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H257" totalsRowShown="0">
   <x:autoFilter ref="A1:H257"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C03367V04052"/>
     <x:tableColumn id="2" name="County and City"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1257,51 +1004,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E8017/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1488,51 +1235,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H257"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="25.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="33.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -8202,51 +7949,51 @@
       <x:c r="E257" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H257" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8263,51 +8010,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H257" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C03367V04052">
       <x:sharedItems count="32">
         <x:s v="IE"/>
         <x:s v="CW"/>
         <x:s v="DC"/>
         <x:s v="DR"/>
         <x:s v="FL"/>
         <x:s v="SD"/>
         <x:s v="KE"/>
         <x:s v="KK"/>
         <x:s v="LS"/>
         <x:s v="LD"/>
         <x:s v="LH"/>
         <x:s v="MH"/>
         <x:s v="OY"/>
         <x:s v="WH"/>
         <x:s v="WX"/>
         <x:s v="WW"/>
         <x:s v="CE"/>
         <x:s v="CC"/>
         <x:s v="CK"/>
         <x:s v="KY"/>
         <x:s v="LK"/>
@@ -8603,27 +8350,2588 @@
         <x:n v="202"/>
         <x:n v="453"/>
         <x:n v="228"/>
         <x:n v="225"/>
         <x:n v="480"/>
         <x:n v="250"/>
         <x:n v="230"/>
         <x:n v="726"/>
         <x:n v="355"/>
         <x:n v="589"/>
         <x:n v="282"/>
         <x:n v="258"/>
         <x:n v="143"/>
         <x:n v="115"/>
         <x:n v="4.3"/>
         <x:n v="277"/>
         <x:n v="146"/>
         <x:n v="131"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="29573"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14625"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14948"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="31075"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15422"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15653"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="1958"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="2216"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="2203"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="2476"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="2644"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C01"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E8017C04"/>
+    <s v="Travellers per 1,000 total population"/>
+    <s v="Rate"/>
+    <n v="4.5"/>
+  </r>
+</pivotCacheRecords>
 </file>