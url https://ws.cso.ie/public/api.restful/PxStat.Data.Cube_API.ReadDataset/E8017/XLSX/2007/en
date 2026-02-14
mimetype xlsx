--- v1 (2025-12-23)
+++ v2 (2026-02-14)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reda1f83b0b8343d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5aed14e6abdc4b698daab5bc23c768e3.psmdcp" Id="R2e5657e3fb8d48b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R107c27555a874e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/53c8efe7d9d84497be32b7d92d697eb8.psmdcp" Id="R180c8278f72043c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>