--- v0 (2025-11-09)
+++ v1 (2025-12-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3af59295bf0d4e36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db17250ab1bf45d1b0170358ec695b44.psmdcp" Id="R77775bc6e043495c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f0f68a0afdf4aa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49b781020b864f02841798d53ab256d9.psmdcp" Id="R8cff9f8fb0884544" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E8011</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present in the State 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/30/2020 11:00:00 AM</x:t>
+    <x:t>30/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E8011/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P8</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 8 - Irish Travellers, Ethnicity and Religion</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -475,347 +475,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02708V03276" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Social Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02688V03255" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ethnic or Cultural Background" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L481" totalsRowShown="0">
   <x:autoFilter ref="A1:L481"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02708V03276"/>
     <x:tableColumn id="4" name="Social Class"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02688V03255"/>
     <x:tableColumn id="8" name="Ethnic or Cultural Background"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1088,51 +907,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E8011/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1319,51 +1138,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L481"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="59.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="38.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="44.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -19633,51 +19452,51 @@
       <x:c r="I481" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L481" s="0">
         <x:v>440799</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -19694,51 +19513,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L481" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E8011"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Usually Resident and Present in the State 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02708V03276">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Social Class">
@@ -20273,27 +20092,6748 @@
         <x:n v="12705"/>
         <x:n v="13295"/>
         <x:n v="35532"/>
         <x:n v="37058"/>
         <x:n v="13262"/>
         <x:n v="12339"/>
         <x:n v="1010"/>
         <x:n v="1079"/>
         <x:n v="3019"/>
         <x:n v="2877"/>
         <x:n v="6106"/>
         <x:n v="7526"/>
         <x:n v="5559"/>
         <x:n v="9597"/>
         <x:n v="21859"/>
         <x:n v="44391"/>
         <x:n v="435347"/>
         <x:n v="440799"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3821995"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3854226"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29495"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30987"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412975"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="446727"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58697"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57850"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6381"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6789"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17832"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19447"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66858"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79273"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40724"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70603"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70324"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="124019"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4525281"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4689921"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1890388"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1902820"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14582"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15377"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206258"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="220527"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28847"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28250"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3474"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8738"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9020"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34151"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40613"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20833"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35422"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36324"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64957"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2243425"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2320460"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1931607"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1951406"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14913"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15610"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206717"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="226200"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29850"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29600"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3077"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3315"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9094"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10427"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32707"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38660"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19891"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35181"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34000"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59062"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2281856"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2369461"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287445"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="326396"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25260"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29874"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4536"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4403"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7628"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9251"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3500"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6217"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331429"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="379995"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158123"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="179261"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13860"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15847"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2533"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2457"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4124"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5078"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3227"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182019"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="207718"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129322"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="147135"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11400"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14027"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3504"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4173"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2990"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149410"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172277"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1101476"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1153294"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82357"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="98769"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8687"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9619"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2554"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3515"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25006"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29399"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8878"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16103"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5913"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7152"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1236795"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1319906"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="517098"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="540398"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39684"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47877"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4212"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4534"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10667"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13318"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4255"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7744"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3439"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="580716"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="619760"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="584378"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="612896"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42673"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50892"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4475"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5085"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14339"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16081"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4623"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8359"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3127"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3713"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="656079"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="700146"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="706510"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="728668"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64727"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70806"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5868"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5434"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2576"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5170"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6426"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5218"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8790"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4876"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5992"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="795883"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="830159"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270837"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="281694"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22808"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25884"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2599"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3316"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3771"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2601"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304934"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="321547"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435673"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="446974"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41919"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44922"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3181"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2835"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3110"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2942"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5019"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2780"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3391"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490949"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="508612"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="594630"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="548259"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78129"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="80365"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6132"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5775"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3733"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4323"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6833"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8931"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5610"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9785"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6239"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7338"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="703312"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="666884"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="384913"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="353132"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51115"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50975"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3545"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3413"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2411"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2710"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3983"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5327"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3434"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5870"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3809"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4492"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="454361"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="427107"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209717"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195127"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27014"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29390"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2362"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2850"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3604"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2176"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3915"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2430"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2846"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248951"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="239777"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388071"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="391520"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69407"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72121"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7311"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8260"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6962"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8098"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4730"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8216"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4677"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5791"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="485075"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="498219"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207526"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="210474"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36206"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37799"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3580"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3935"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4109"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4639"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2622"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4430"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2377"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3015"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258236"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="266259"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180545"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="181046"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33201"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34322"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3731"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4325"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2853"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3459"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3786"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2300"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2776"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226839"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="231960"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133833"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="131214"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27864"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28494"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2871"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2382"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169319"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="169310"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78156"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75623"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12886"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12905"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95038"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93420"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55677"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55591"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14978"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15589"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74281"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75890"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="610030"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="574875"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24961"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26224"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65231"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66298"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24957"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22949"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2037"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6097"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5282"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13753"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15516"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11078"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18621"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45324"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93587"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="803468"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="825448"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273735"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="262238"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12256"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12929"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29699"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29240"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11695"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10610"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3078"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2405"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7647"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7990"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5519"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9024"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23465"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49196"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368121"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="384649"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336295"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="312637"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12705"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13295"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35532"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37058"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13262"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12339"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3019"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2877"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6106"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7526"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5559"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9597"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21859"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44391"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435347"/>
+  </r>
+  <r>
+    <s v="E8011"/>
+    <s v="Population Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="440799"/>
+  </r>
+</pivotCacheRecords>
 </file>