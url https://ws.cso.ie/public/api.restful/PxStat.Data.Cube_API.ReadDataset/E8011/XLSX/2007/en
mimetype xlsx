--- v1 (2025-12-30)
+++ v2 (2026-02-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f0f68a0afdf4aa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49b781020b864f02841798d53ab256d9.psmdcp" Id="R8cff9f8fb0884544" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4418e6cb74644928" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/589fa186048c4b529566fbb9ea2ecd38.psmdcp" Id="Rfb7e8f3ce5144a17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>