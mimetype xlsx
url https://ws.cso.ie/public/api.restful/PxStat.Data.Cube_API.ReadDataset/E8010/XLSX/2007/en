--- v0 (2025-11-04)
+++ v1 (2026-02-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R108bcde84af54c48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c515738837cd4aeba7320454fdbf92b7.psmdcp" Id="Re9f29fb63c7a43f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0c6c53bf670487c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d5478d76dfd482399c7d8f1c971a2c6.psmdcp" Id="Rab5fd9480bca4eea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E8010</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/30/2020 11:00:00 AM</x:t>
+    <x:t>30/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E8010/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P8</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 8 - Irish Travellers, Ethnicity and Religion</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -517,403 +517,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02688V03255" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ethnic or Cultural Background" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L901" totalsRowShown="0">
   <x:autoFilter ref="A1:L901"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02757V03327"/>
     <x:tableColumn id="6" name="Highest Level of Education Completed"/>
     <x:tableColumn id="7" name="C02688V03255"/>
     <x:tableColumn id="8" name="Ethnic or Cultural Background"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1186,51 +963,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E8010/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1417,51 +1194,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L901"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="81.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="54.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="44.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -35691,51 +35468,51 @@
       <x:c r="I901" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J901" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K901" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L901" s="0">
         <x:v>112893</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -35752,51 +35529,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L901" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E8010"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -36699,27 +36476,12628 @@
         <x:n v="61969"/>
         <x:n v="1554"/>
         <x:n v="1829"/>
         <x:n v="23252"/>
         <x:n v="30840"/>
         <x:n v="4336"/>
         <x:n v="4343"/>
         <x:n v="353"/>
         <x:n v="1187"/>
         <x:n v="1490"/>
         <x:n v="4752"/>
         <x:n v="6104"/>
         <x:n v="2234"/>
         <x:n v="4236"/>
         <x:n v="1397"/>
         <x:n v="1729"/>
         <x:n v="96947"/>
         <x:n v="112893"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3009653"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3039734"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17360"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18674"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344962"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="370526"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33039"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34872"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3697"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4565"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14836"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15271"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47543"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56869"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27372"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48548"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52827"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="98526"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3551289"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3687585"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36521"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44895"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2149"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42028"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51754"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="390675"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="311879"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5867"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5289"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10007"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8311"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2998"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3275"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412908"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="332683"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="464278"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="415535"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2975"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22063"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19613"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1659"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2578"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2906"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="497174"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="447245"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="525258"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="498389"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55492"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51579"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2989"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3351"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3735"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3504"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5300"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3258"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3471"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="596612"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="568191"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199912"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="213319"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47142"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44158"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2354"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2271"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1932"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3175"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255934"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="268265"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144323"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="154670"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21758"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20312"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169962"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="179817"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108132"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="123620"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19870"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20530"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132719"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150313"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180817"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="188743"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24722"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28263"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6061"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6389"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3417"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217409"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="231010"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229061"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="278416"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23961"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29433"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2265"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6662"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7649"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4034"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265615"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="324596"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181360"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="228855"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27942"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33956"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1635"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2022"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4305"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5789"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1635"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218514"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="276288"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15502"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20479"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3851"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4668"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20589"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26937"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85599"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="98139"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12020"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13632"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30028"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70386"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133985"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="189928"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335494"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="340534"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27481"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32040"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7416"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9495"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4599"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8433"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9802"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5194"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9537"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5051"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7591"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="396343"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="415555"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112721"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="122261"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3017"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3468"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46816"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61632"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8179"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8130"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2924"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10157"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13402"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4653"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8871"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2879"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3555"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191497"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="225003"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1473793"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1485602"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8375"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9021"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171535"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="181773"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15943"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16646"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1975"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7371"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7051"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24456"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29327"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14055"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24243"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27475"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51989"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1744978"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1807994"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20094"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24577"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22905"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28056"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204330"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="164158"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2961"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2585"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5275"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4469"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1655"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215742"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="174826"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249746"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="225049"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11838"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10608"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267102"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="241849"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238182"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="231311"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26737"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25639"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2729"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272793"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="266145"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86646"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90727"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27682"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24928"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118994"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="121259"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100284"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103722"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13190"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11580"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115688"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="118054"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46762"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52154"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9092"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9641"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58203"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64835"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80674"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85393"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10391"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12128"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96399"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103990"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102487"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="124536"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10511"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12705"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3151"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118151"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="144324"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75118"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95406"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11302"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13872"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3252"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91374"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116021"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8959"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11137"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2389"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2684"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12179"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14952"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39516"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46577"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5965"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6776"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15997"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37846"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64567"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95054"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166228"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="170563"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12623"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14716"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3595"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4519"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2340"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4855"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5100"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4704"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2678"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3847"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196331"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="206519"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54767"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60292"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23564"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30792"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3843"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3787"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5405"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7298"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4635"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1826"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94550"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112110"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1535860"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1554132"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8985"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9653"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173427"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="188753"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17096"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18226"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2223"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7465"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8220"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23087"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27542"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13317"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24305"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25352"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46537"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1806311"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1879591"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16427"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20318"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19123"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23698"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186345"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="147721"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2906"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2704"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4732"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3842"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197166"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="157857"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214532"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="190486"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10225"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9005"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230072"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="205396"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287076"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="267078"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28755"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25940"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1739"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="323819"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="302046"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113266"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="122592"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19460"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19230"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136940"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="147006"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44039"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50948"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8568"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8732"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54274"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61763"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61370"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71466"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10778"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10889"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74516"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85478"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100143"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103350"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14331"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16135"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3341"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3396"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121010"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="127020"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126574"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153880"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13450"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16728"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4148"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4498"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2358"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147464"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="180272"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106242"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133449"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16640"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20084"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2537"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127140"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="160267"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6543"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9342"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8410"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11985"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46083"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51562"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6055"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6856"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14031"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32540"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69418"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94874"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169266"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="169971"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14858"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17324"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3821"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4976"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3578"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4702"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4833"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2373"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3744"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200012"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="209036"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57954"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61969"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23252"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30840"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4336"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4343"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4752"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6104"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2234"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4236"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1397"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96947"/>
+  </r>
+  <r>
+    <s v="E8010"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112893"/>
+  </r>
+</pivotCacheRecords>
 </file>