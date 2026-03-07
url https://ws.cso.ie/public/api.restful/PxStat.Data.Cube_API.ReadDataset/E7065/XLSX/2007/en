--- v0 (2025-11-12)
+++ v1 (2026-03-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb77fe3e0d4443bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1758b7761e6b4359995f532a392824f4.psmdcp" Id="R8b45c4ce012040e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R914234ff02834757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af7909f5654048ecb573ccf029df89b1.psmdcp" Id="Rb0f3d91342a946a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E7065</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E7065/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P7</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 7 - Migration and Diversity</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -487,355 +487,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Detailed Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L529" totalsRowShown="0">
   <x:autoFilter ref="A1:L529"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02325V02801"/>
     <x:tableColumn id="8" name="Detailed Marital Status"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1108,51 +921,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E7065/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1339,51 +1152,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L529"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="126.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="33.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -21477,51 +21290,51 @@
       <x:c r="I529" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L529" s="0">
         <x:v>191</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21538,51 +21351,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L529" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E7065"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="11">
         <x:s v="-"/>
         <x:s v="230"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="570"/>
         <x:s v="605"/>
@@ -21957,27 +21770,7420 @@
         <x:n v="163"/>
         <x:n v="506"/>
         <x:n v="905"/>
         <x:n v="174"/>
         <x:n v="241"/>
         <x:n v="285"/>
         <x:n v="49"/>
         <x:n v="180"/>
         <x:n v="251"/>
         <x:n v="214"/>
         <x:n v="377"/>
         <x:n v="95"/>
         <x:n v="292"/>
         <x:n v="528"/>
         <x:n v="94"/>
         <x:n v="146"/>
         <x:n v="135"/>
         <x:n v="191"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53267"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82346"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39443"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57109"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10122"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19811"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2042"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26022"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41181"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19595"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28568"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4816"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10079"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27245"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41165"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19848"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28541"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5306"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9732"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6156"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9927"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6156"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9927"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3155"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5020"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3155"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5020"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3001"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4907"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3001"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4907"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2525"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3499"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2466"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3449"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1885"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12043"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14686"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11422"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13893"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5214"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6404"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5048"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6188"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6829"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8282"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6374"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7705"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13536"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19532"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11423"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16170"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3131"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6518"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9452"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5738"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8118"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7018"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10080"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5685"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8052"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7112"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13447"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4445"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7839"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5071"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3734"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7151"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2472"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4377"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2544"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3378"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6296"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3462"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2527"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6183"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11744"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2333"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4099"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2867"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6308"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3291"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6471"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2372"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3470"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2892"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5273"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2838"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2807"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4695"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2485"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2685"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2427"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="E7065"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+</pivotCacheRecords>
 </file>