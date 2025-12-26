--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9709ec2465dd4a1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1a14ec1af77f451189b8df833d811478.psmdcp" Id="Rd541074f63824bae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fde2e64fc6948de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7cf4cd9eb8d8461688c58aa6808cb6e4.psmdcp" Id="R160fd689d87940a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E7062</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E7062/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P7</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 7 - Migration and Diversity</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -514,379 +514,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02831V03405" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ability to Speak English" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J253" totalsRowShown="0">
   <x:autoFilter ref="A1:J253"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02831V03405"/>
     <x:tableColumn id="4" name="Ability to Speak English"/>
     <x:tableColumn id="5" name="C02537V03240"/>
     <x:tableColumn id="6" name="Nationality"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1157,51 +946,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E7062/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1388,51 +1177,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J253"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="112.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="23.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -9518,51 +9307,51 @@
       <x:c r="G253" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J253" s="0">
         <x:v>17394</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9579,51 +9368,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J253" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E7062"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02831V03405">
       <x:sharedItems count="6">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Ability to Speak English">
       <x:sharedItems count="6">
         <x:s v="Speaks English - Total"/>
@@ -9937,27 +9726,3052 @@
         <x:n v="162"/>
         <x:n v="30"/>
         <x:n v="172"/>
         <x:n v="178"/>
         <x:n v="625"/>
         <x:n v="615"/>
         <x:n v="419"/>
         <x:n v="373"/>
         <x:n v="225"/>
         <x:n v="158"/>
         <x:n v="894"/>
         <x:n v="663"/>
         <x:n v="35"/>
         <x:n v="71"/>
         <x:n v="143"/>
         <x:n v="136"/>
         <x:n v="17655"/>
         <x:n v="17394"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145919"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="243911"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4850"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5760"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7964"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9472"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9098"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8842"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6264"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9785"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5555"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10124"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18748"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17778"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33233"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33054"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113559"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113303"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15051"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25219"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29389"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14943"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14949"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9549"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7506"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11685"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36179"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42448"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4220"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4392"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13431"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8957"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41823"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32421"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2533"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4096"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2908"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5389"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="514068"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="612018"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97032"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="160380"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3829"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4351"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5317"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6382"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6679"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6900"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3593"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5647"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3392"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5882"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4977"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6780"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8886"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12527"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31611"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45129"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5007"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8919"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19252"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9017"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8698"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5987"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2303"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4316"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17063"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23228"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5590"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3773"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16891"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11744"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2426"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1384"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2852"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245391"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="328912"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23472"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46751"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2160"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2527"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2176"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3334"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3429"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7937"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6985"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13515"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12602"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48149"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44558"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6550"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10518"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7432"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4273"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4761"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2840"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3035"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4856"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12564"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12930"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5088"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3177"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17398"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13679"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161461"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="179104"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13140"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21085"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4734"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3283"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8629"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6493"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24630"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18233"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2613"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4390"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5117"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4846"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2236"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1585"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5815"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5367"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74447"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72713"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3501"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5402"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5875"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3083"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15114"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13895"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8774"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10293"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3294"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2300"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17655"/>
+  </r>
+  <r>
+    <s v="E7062"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17394"/>
+  </r>
+</pivotCacheRecords>
 </file>