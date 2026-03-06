--- v1 (2025-12-26)
+++ v2 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fde2e64fc6948de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7cf4cd9eb8d8461688c58aa6808cb6e4.psmdcp" Id="R160fd689d87940a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e5ec05579c74e0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e8c0e3060a64d5d8fb2dcba78745a92.psmdcp" Id="R6613ea98c18b4772" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>