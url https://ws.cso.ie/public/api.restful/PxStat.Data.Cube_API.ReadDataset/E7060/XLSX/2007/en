--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R349ac701e53c458e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/44261b42a7ce43fb8e7c4ee95f342c12.psmdcp" Id="Rf4ef1248e2b24c69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3f584b91e8145d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a106c7b9dc3144ab83ebfc7131b1222e.psmdcp" Id="R00a9fe3cd3924dee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E7060</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E7060/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P7</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 7 - Migration and Diversity</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -811,771 +811,266 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...719 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02859V03437" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="67">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+      </items>
+    </pivotField>
+    <pivotField name="Language Spoken" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="67">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1207" totalsRowShown="0">
   <x:autoFilter ref="A1:J1207"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Principal Economic Status"/>
     <x:tableColumn id="5" name="C02859V03437"/>
     <x:tableColumn id="6" name="Language Spoken"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1846,51 +1341,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E7060/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2077,51 +1572,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1207"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="112.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="50.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="36.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -40735,51 +40230,51 @@
       <x:c r="G1207" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1207" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I1207" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1207" s="0">
         <x:v>144193</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -40796,51 +40291,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1207" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E7060"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="9">
         <x:s v="-06"/>
         <x:s v="501"/>
         <x:s v="201"/>
         <x:s v="202"/>
         <x:s v="301"/>
         <x:s v="302"/>
         <x:s v="303"/>
         <x:s v="304"/>
         <x:s v="602"/>
       </x:sharedItems>
     </x:cacheField>
@@ -41730,27 +41225,14500 @@
         <x:n v="770"/>
         <x:n v="273"/>
         <x:n v="618"/>
         <x:n v="208"/>
         <x:n v="413"/>
         <x:n v="196"/>
         <x:n v="202"/>
         <x:n v="220"/>
         <x:n v="199"/>
         <x:n v="170"/>
         <x:n v="988"/>
         <x:n v="1134"/>
         <x:n v="1825"/>
         <x:n v="1019"/>
         <x:n v="5473"/>
         <x:n v="6736"/>
         <x:n v="109875"/>
         <x:n v="144193"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119526"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="135895"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56430"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54948"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31635"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35362"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27342"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28331"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22446"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21707"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21640"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32405"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20625"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36683"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15166"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17584"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12996"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14197"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11902"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20833"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11834"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16072"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10344"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14505"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10093"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8639"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9481"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9544"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="020"/>
+    <s v="Malayalam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8849"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="020"/>
+    <s v="Malayalam"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10642"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="030"/>
+    <s v="Urdu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8443"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="030"/>
+    <s v="Urdu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13230"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="014"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7625"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="014"/>
+    <s v="Hungarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9905"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="010"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6680"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="010"/>
+    <s v="Filipino"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8305"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="028"/>
+    <s v="Tagalog"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6190"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="028"/>
+    <s v="Tagalog"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5447"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="008"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5307"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="008"/>
+    <s v="Czech"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5380"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="009"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4947"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="009"/>
+    <s v="Dutch"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5156"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="013"/>
+    <s v="Hindi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4180"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="013"/>
+    <s v="Hindi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5483"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="015"/>
+    <s v="Igbo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3875"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="015"/>
+    <s v="Igbo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3623"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="005"/>
+    <s v="Bengali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3192"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="005"/>
+    <s v="Bengali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4302"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="016"/>
+    <s v="Irish sign language"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2586"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="016"/>
+    <s v="Irish sign language"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4226"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="003"/>
+    <s v="Afrikaans"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2297"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="003"/>
+    <s v="Afrikaans"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2228"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="029"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2078"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="029"/>
+    <s v="Ukrainian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3047"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="027"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2022"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="027"/>
+    <s v="Swedish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="006"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1839"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="006"/>
+    <s v="Bulgarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2895"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="35"/>
+    <s v="Albanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="35"/>
+    <s v="Albanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2133"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="36"/>
+    <s v="Malay"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1737"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="36"/>
+    <s v="Malay"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="37"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="37"/>
+    <s v="Thai"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="38"/>
+    <s v="Turkish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="38"/>
+    <s v="Turkish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2047"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="40"/>
+    <s v="Swahili"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="40"/>
+    <s v="Swahili"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="41"/>
+    <s v="Punjabi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1563"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="41"/>
+    <s v="Punjabi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="42"/>
+    <s v="Tamil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="42"/>
+    <s v="Tamil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2331"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="43"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="43"/>
+    <s v="Estonian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="44"/>
+    <s v="Japanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="44"/>
+    <s v="Japanese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="45"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="45"/>
+    <s v="Somali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="46"/>
+    <s v="Bosnian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="46"/>
+    <s v="Bosnian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="47"/>
+    <s v="Croatian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="47"/>
+    <s v="Croatian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5176"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="48"/>
+    <s v="Shona"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="48"/>
+    <s v="Shona"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="49"/>
+    <s v="Vietnamese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="49"/>
+    <s v="Vietnamese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="051"/>
+    <s v="Pashto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="051"/>
+    <s v="Pashto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="052"/>
+    <s v="Telugu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="052"/>
+    <s v="Telugu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="053"/>
+    <s v="Greek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="053"/>
+    <s v="Greek"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="054"/>
+    <s v="Persian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="054"/>
+    <s v="Persian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="055"/>
+    <s v="Lingala"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="055"/>
+    <s v="Lingala"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="056"/>
+    <s v="Korean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="056"/>
+    <s v="Korean"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="057"/>
+    <s v="Edo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="057"/>
+    <s v="Edo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="058"/>
+    <s v="Serbian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="058"/>
+    <s v="Serbian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="059"/>
+    <s v="Finnish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="059"/>
+    <s v="Finnish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="060"/>
+    <s v="Danish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="060"/>
+    <s v="Danish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="061"/>
+    <s v="Kurdish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="061"/>
+    <s v="Kurdish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="062"/>
+    <s v="Nepali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="062"/>
+    <s v="Nepali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="063"/>
+    <s v="Sign Language (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="063"/>
+    <s v="Sign Language (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="064"/>
+    <s v="Irish cant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="064"/>
+    <s v="Irish cant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="065"/>
+    <s v="Georgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="065"/>
+    <s v="Georgian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="066"/>
+    <s v="Hebrew"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="066"/>
+    <s v="Hebrew"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="067"/>
+    <s v="Nyanja (Chichewa)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="067"/>
+    <s v="Nyanja (Chichewa)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="068"/>
+    <s v="Other Northern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="068"/>
+    <s v="Other Northern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="069"/>
+    <s v="Other Southern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="069"/>
+    <s v="Other Southern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="070"/>
+    <s v="Other Eastern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="070"/>
+    <s v="Other Eastern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="071"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3643"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="071"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4465"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="072"/>
+    <s v="Other African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6354"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="072"/>
+    <s v="Other African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4342"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19871"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23451"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="514068"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="612018"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66841"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73279"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22164"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23484"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16371"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18762"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11816"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12112"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10144"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9681"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9842"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15585"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8153"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18639"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6374"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7656"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6648"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7360"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5243"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10286"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2646"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3725"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6219"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9010"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3341"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3158"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5940"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5296"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="020"/>
+    <s v="Malayalam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4292"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="020"/>
+    <s v="Malayalam"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5172"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="030"/>
+    <s v="Urdu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2802"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="030"/>
+    <s v="Urdu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4742"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="014"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4874"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="014"/>
+    <s v="Hungarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5854"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="010"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3741"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="010"/>
+    <s v="Filipino"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5022"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="028"/>
+    <s v="Tagalog"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3569"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="028"/>
+    <s v="Tagalog"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3334"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="008"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2837"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="008"/>
+    <s v="Czech"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2631"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="009"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="009"/>
+    <s v="Dutch"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="013"/>
+    <s v="Hindi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="013"/>
+    <s v="Hindi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2812"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="015"/>
+    <s v="Igbo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="015"/>
+    <s v="Igbo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="005"/>
+    <s v="Bengali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="005"/>
+    <s v="Bengali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="016"/>
+    <s v="Irish sign language"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="016"/>
+    <s v="Irish sign language"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="003"/>
+    <s v="Afrikaans"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="003"/>
+    <s v="Afrikaans"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="029"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="029"/>
+    <s v="Ukrainian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="027"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="027"/>
+    <s v="Swedish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="006"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="006"/>
+    <s v="Bulgarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="35"/>
+    <s v="Albanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="35"/>
+    <s v="Albanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="36"/>
+    <s v="Malay"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="36"/>
+    <s v="Malay"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="37"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="37"/>
+    <s v="Thai"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="38"/>
+    <s v="Turkish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="38"/>
+    <s v="Turkish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="40"/>
+    <s v="Swahili"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="40"/>
+    <s v="Swahili"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="41"/>
+    <s v="Punjabi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="41"/>
+    <s v="Punjabi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="42"/>
+    <s v="Tamil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="42"/>
+    <s v="Tamil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="43"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="43"/>
+    <s v="Estonian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="44"/>
+    <s v="Japanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="44"/>
+    <s v="Japanese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="45"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="45"/>
+    <s v="Somali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="46"/>
+    <s v="Bosnian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="46"/>
+    <s v="Bosnian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="47"/>
+    <s v="Croatian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="47"/>
+    <s v="Croatian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3515"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="48"/>
+    <s v="Shona"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="48"/>
+    <s v="Shona"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="49"/>
+    <s v="Vietnamese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="49"/>
+    <s v="Vietnamese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="051"/>
+    <s v="Pashto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="051"/>
+    <s v="Pashto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="052"/>
+    <s v="Telugu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="052"/>
+    <s v="Telugu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="053"/>
+    <s v="Greek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="053"/>
+    <s v="Greek"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="054"/>
+    <s v="Persian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="054"/>
+    <s v="Persian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="055"/>
+    <s v="Lingala"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="055"/>
+    <s v="Lingala"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="056"/>
+    <s v="Korean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="056"/>
+    <s v="Korean"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="057"/>
+    <s v="Edo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="057"/>
+    <s v="Edo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="058"/>
+    <s v="Serbian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="058"/>
+    <s v="Serbian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="059"/>
+    <s v="Finnish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="059"/>
+    <s v="Finnish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="060"/>
+    <s v="Danish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="060"/>
+    <s v="Danish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="061"/>
+    <s v="Kurdish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="061"/>
+    <s v="Kurdish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="062"/>
+    <s v="Nepali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="062"/>
+    <s v="Nepali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="063"/>
+    <s v="Sign Language (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="063"/>
+    <s v="Sign Language (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="064"/>
+    <s v="Irish cant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="064"/>
+    <s v="Irish cant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="065"/>
+    <s v="Georgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="065"/>
+    <s v="Georgian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="066"/>
+    <s v="Hebrew"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="066"/>
+    <s v="Hebrew"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="067"/>
+    <s v="Nyanja (Chichewa)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="067"/>
+    <s v="Nyanja (Chichewa)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="068"/>
+    <s v="Other Northern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="068"/>
+    <s v="Other Northern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="069"/>
+    <s v="Other Southern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="069"/>
+    <s v="Other Southern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="070"/>
+    <s v="Other Eastern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="070"/>
+    <s v="Other Eastern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="071"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1422"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="071"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1786"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="072"/>
+    <s v="Other African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1739"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="072"/>
+    <s v="Other African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6869"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8808"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237365"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="291790"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="020"/>
+    <s v="Malayalam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="020"/>
+    <s v="Malayalam"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="030"/>
+    <s v="Urdu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="030"/>
+    <s v="Urdu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="014"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="014"/>
+    <s v="Hungarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="010"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="010"/>
+    <s v="Filipino"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="028"/>
+    <s v="Tagalog"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="028"/>
+    <s v="Tagalog"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="008"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="008"/>
+    <s v="Czech"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="009"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="009"/>
+    <s v="Dutch"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="013"/>
+    <s v="Hindi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="013"/>
+    <s v="Hindi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="015"/>
+    <s v="Igbo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="015"/>
+    <s v="Igbo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="005"/>
+    <s v="Bengali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="005"/>
+    <s v="Bengali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="016"/>
+    <s v="Irish sign language"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="016"/>
+    <s v="Irish sign language"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="003"/>
+    <s v="Afrikaans"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="003"/>
+    <s v="Afrikaans"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="029"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="029"/>
+    <s v="Ukrainian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="027"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="027"/>
+    <s v="Swedish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="006"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="006"/>
+    <s v="Bulgarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="35"/>
+    <s v="Albanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="35"/>
+    <s v="Albanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="36"/>
+    <s v="Malay"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="36"/>
+    <s v="Malay"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="37"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="37"/>
+    <s v="Thai"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="38"/>
+    <s v="Turkish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="38"/>
+    <s v="Turkish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="40"/>
+    <s v="Swahili"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="40"/>
+    <s v="Swahili"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="41"/>
+    <s v="Punjabi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="41"/>
+    <s v="Punjabi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="42"/>
+    <s v="Tamil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="42"/>
+    <s v="Tamil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="43"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="43"/>
+    <s v="Estonian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="44"/>
+    <s v="Japanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="44"/>
+    <s v="Japanese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="45"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="45"/>
+    <s v="Somali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="46"/>
+    <s v="Bosnian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="46"/>
+    <s v="Bosnian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="47"/>
+    <s v="Croatian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="47"/>
+    <s v="Croatian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="48"/>
+    <s v="Shona"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="48"/>
+    <s v="Shona"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="49"/>
+    <s v="Vietnamese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="49"/>
+    <s v="Vietnamese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="051"/>
+    <s v="Pashto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="051"/>
+    <s v="Pashto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="052"/>
+    <s v="Telugu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="052"/>
+    <s v="Telugu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="053"/>
+    <s v="Greek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="053"/>
+    <s v="Greek"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="054"/>
+    <s v="Persian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="054"/>
+    <s v="Persian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="055"/>
+    <s v="Lingala"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="055"/>
+    <s v="Lingala"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="056"/>
+    <s v="Korean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="056"/>
+    <s v="Korean"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="057"/>
+    <s v="Edo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="057"/>
+    <s v="Edo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="058"/>
+    <s v="Serbian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="058"/>
+    <s v="Serbian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="059"/>
+    <s v="Finnish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="059"/>
+    <s v="Finnish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="060"/>
+    <s v="Danish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="060"/>
+    <s v="Danish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="061"/>
+    <s v="Kurdish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="061"/>
+    <s v="Kurdish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="062"/>
+    <s v="Nepali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="062"/>
+    <s v="Nepali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="063"/>
+    <s v="Sign Language (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="063"/>
+    <s v="Sign Language (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="064"/>
+    <s v="Irish cant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="064"/>
+    <s v="Irish cant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="065"/>
+    <s v="Georgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="065"/>
+    <s v="Georgian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="066"/>
+    <s v="Hebrew"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="066"/>
+    <s v="Hebrew"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="067"/>
+    <s v="Nyanja (Chichewa)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="067"/>
+    <s v="Nyanja (Chichewa)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="068"/>
+    <s v="Other Northern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="068"/>
+    <s v="Other Northern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="069"/>
+    <s v="Other Southern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="069"/>
+    <s v="Other Southern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="070"/>
+    <s v="Other Eastern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="070"/>
+    <s v="Other Eastern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="071"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="071"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="072"/>
+    <s v="Other African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="072"/>
+    <s v="Other African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7751"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7872"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16816"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9866"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3437"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2243"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4563"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2698"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3107"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1844"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3041"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3013"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1839"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="020"/>
+    <s v="Malayalam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="020"/>
+    <s v="Malayalam"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="030"/>
+    <s v="Urdu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="030"/>
+    <s v="Urdu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="014"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="014"/>
+    <s v="Hungarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="010"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="010"/>
+    <s v="Filipino"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="028"/>
+    <s v="Tagalog"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="028"/>
+    <s v="Tagalog"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="008"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="008"/>
+    <s v="Czech"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="009"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="009"/>
+    <s v="Dutch"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="013"/>
+    <s v="Hindi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="013"/>
+    <s v="Hindi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="015"/>
+    <s v="Igbo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="015"/>
+    <s v="Igbo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="005"/>
+    <s v="Bengali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="005"/>
+    <s v="Bengali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="016"/>
+    <s v="Irish sign language"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="016"/>
+    <s v="Irish sign language"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="003"/>
+    <s v="Afrikaans"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="003"/>
+    <s v="Afrikaans"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="029"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="029"/>
+    <s v="Ukrainian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="027"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="027"/>
+    <s v="Swedish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="006"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="006"/>
+    <s v="Bulgarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="35"/>
+    <s v="Albanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="35"/>
+    <s v="Albanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="36"/>
+    <s v="Malay"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="36"/>
+    <s v="Malay"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="37"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="37"/>
+    <s v="Thai"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="38"/>
+    <s v="Turkish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="38"/>
+    <s v="Turkish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="40"/>
+    <s v="Swahili"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="40"/>
+    <s v="Swahili"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="41"/>
+    <s v="Punjabi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="41"/>
+    <s v="Punjabi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="42"/>
+    <s v="Tamil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="42"/>
+    <s v="Tamil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="43"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="43"/>
+    <s v="Estonian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="44"/>
+    <s v="Japanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="44"/>
+    <s v="Japanese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="45"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="45"/>
+    <s v="Somali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="46"/>
+    <s v="Bosnian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="46"/>
+    <s v="Bosnian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="47"/>
+    <s v="Croatian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="47"/>
+    <s v="Croatian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="48"/>
+    <s v="Shona"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="48"/>
+    <s v="Shona"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="49"/>
+    <s v="Vietnamese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="49"/>
+    <s v="Vietnamese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="051"/>
+    <s v="Pashto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="051"/>
+    <s v="Pashto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="052"/>
+    <s v="Telugu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="052"/>
+    <s v="Telugu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="053"/>
+    <s v="Greek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="053"/>
+    <s v="Greek"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="054"/>
+    <s v="Persian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="054"/>
+    <s v="Persian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="055"/>
+    <s v="Lingala"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="055"/>
+    <s v="Lingala"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="056"/>
+    <s v="Korean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="056"/>
+    <s v="Korean"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="057"/>
+    <s v="Edo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="057"/>
+    <s v="Edo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="058"/>
+    <s v="Serbian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="058"/>
+    <s v="Serbian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="059"/>
+    <s v="Finnish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="059"/>
+    <s v="Finnish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="060"/>
+    <s v="Danish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="060"/>
+    <s v="Danish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="061"/>
+    <s v="Kurdish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="061"/>
+    <s v="Kurdish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="062"/>
+    <s v="Nepali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="062"/>
+    <s v="Nepali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="063"/>
+    <s v="Sign Language (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="063"/>
+    <s v="Sign Language (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="064"/>
+    <s v="Irish cant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="064"/>
+    <s v="Irish cant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="065"/>
+    <s v="Georgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="065"/>
+    <s v="Georgian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="066"/>
+    <s v="Hebrew"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="066"/>
+    <s v="Hebrew"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="067"/>
+    <s v="Nyanja (Chichewa)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="067"/>
+    <s v="Nyanja (Chichewa)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="068"/>
+    <s v="Other Northern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="068"/>
+    <s v="Other Northern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="069"/>
+    <s v="Other Southern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="069"/>
+    <s v="Other Southern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="070"/>
+    <s v="Other Eastern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="070"/>
+    <s v="Other Eastern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="071"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="071"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="072"/>
+    <s v="Other African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="072"/>
+    <s v="Other African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57105"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43613"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4484"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6759"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13889"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12985"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5499"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6228"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1773"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3786"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5953"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2234"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3910"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2321"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4444"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2219"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3495"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1512"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="020"/>
+    <s v="Malayalam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="020"/>
+    <s v="Malayalam"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="030"/>
+    <s v="Urdu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="030"/>
+    <s v="Urdu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="014"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="014"/>
+    <s v="Hungarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="010"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="010"/>
+    <s v="Filipino"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="028"/>
+    <s v="Tagalog"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="028"/>
+    <s v="Tagalog"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="008"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="008"/>
+    <s v="Czech"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="009"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="009"/>
+    <s v="Dutch"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="013"/>
+    <s v="Hindi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="013"/>
+    <s v="Hindi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="015"/>
+    <s v="Igbo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="015"/>
+    <s v="Igbo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="005"/>
+    <s v="Bengali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="005"/>
+    <s v="Bengali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="016"/>
+    <s v="Irish sign language"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="016"/>
+    <s v="Irish sign language"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="003"/>
+    <s v="Afrikaans"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="003"/>
+    <s v="Afrikaans"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="029"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="029"/>
+    <s v="Ukrainian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="027"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="027"/>
+    <s v="Swedish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="006"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="006"/>
+    <s v="Bulgarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="35"/>
+    <s v="Albanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="35"/>
+    <s v="Albanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="36"/>
+    <s v="Malay"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="36"/>
+    <s v="Malay"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="37"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="37"/>
+    <s v="Thai"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="38"/>
+    <s v="Turkish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="38"/>
+    <s v="Turkish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="40"/>
+    <s v="Swahili"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="40"/>
+    <s v="Swahili"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="41"/>
+    <s v="Punjabi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="41"/>
+    <s v="Punjabi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="42"/>
+    <s v="Tamil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="42"/>
+    <s v="Tamil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="43"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="43"/>
+    <s v="Estonian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="44"/>
+    <s v="Japanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="44"/>
+    <s v="Japanese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="45"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="45"/>
+    <s v="Somali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="46"/>
+    <s v="Bosnian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="46"/>
+    <s v="Bosnian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="47"/>
+    <s v="Croatian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="47"/>
+    <s v="Croatian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="48"/>
+    <s v="Shona"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="48"/>
+    <s v="Shona"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="49"/>
+    <s v="Vietnamese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="49"/>
+    <s v="Vietnamese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="051"/>
+    <s v="Pashto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="051"/>
+    <s v="Pashto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="052"/>
+    <s v="Telugu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="052"/>
+    <s v="Telugu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="053"/>
+    <s v="Greek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="053"/>
+    <s v="Greek"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="054"/>
+    <s v="Persian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="054"/>
+    <s v="Persian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="055"/>
+    <s v="Lingala"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="055"/>
+    <s v="Lingala"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="056"/>
+    <s v="Korean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="056"/>
+    <s v="Korean"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="057"/>
+    <s v="Edo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="057"/>
+    <s v="Edo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="058"/>
+    <s v="Serbian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="058"/>
+    <s v="Serbian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="059"/>
+    <s v="Finnish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="059"/>
+    <s v="Finnish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="060"/>
+    <s v="Danish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="060"/>
+    <s v="Danish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="061"/>
+    <s v="Kurdish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="061"/>
+    <s v="Kurdish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="062"/>
+    <s v="Nepali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="062"/>
+    <s v="Nepali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="063"/>
+    <s v="Sign Language (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="063"/>
+    <s v="Sign Language (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="064"/>
+    <s v="Irish cant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="064"/>
+    <s v="Irish cant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="065"/>
+    <s v="Georgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="065"/>
+    <s v="Georgian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="066"/>
+    <s v="Hebrew"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="066"/>
+    <s v="Hebrew"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="067"/>
+    <s v="Nyanja (Chichewa)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="067"/>
+    <s v="Nyanja (Chichewa)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="068"/>
+    <s v="Other Northern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="068"/>
+    <s v="Other Northern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="069"/>
+    <s v="Other Southern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="069"/>
+    <s v="Other Southern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="070"/>
+    <s v="Other Eastern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="070"/>
+    <s v="Other Eastern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="071"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="071"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="072"/>
+    <s v="Other African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="072"/>
+    <s v="Other African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2474"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58465"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70505"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5557"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5486"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2270"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="020"/>
+    <s v="Malayalam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="020"/>
+    <s v="Malayalam"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="030"/>
+    <s v="Urdu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="030"/>
+    <s v="Urdu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="014"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="014"/>
+    <s v="Hungarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="010"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="010"/>
+    <s v="Filipino"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="028"/>
+    <s v="Tagalog"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="028"/>
+    <s v="Tagalog"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="008"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="008"/>
+    <s v="Czech"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="009"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="009"/>
+    <s v="Dutch"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="013"/>
+    <s v="Hindi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="013"/>
+    <s v="Hindi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="015"/>
+    <s v="Igbo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="015"/>
+    <s v="Igbo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="005"/>
+    <s v="Bengali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="005"/>
+    <s v="Bengali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="016"/>
+    <s v="Irish sign language"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="016"/>
+    <s v="Irish sign language"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="003"/>
+    <s v="Afrikaans"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="003"/>
+    <s v="Afrikaans"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="029"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="029"/>
+    <s v="Ukrainian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="027"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="027"/>
+    <s v="Swedish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="006"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="006"/>
+    <s v="Bulgarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="35"/>
+    <s v="Albanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="35"/>
+    <s v="Albanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="36"/>
+    <s v="Malay"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="36"/>
+    <s v="Malay"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="37"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="37"/>
+    <s v="Thai"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="38"/>
+    <s v="Turkish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="38"/>
+    <s v="Turkish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="40"/>
+    <s v="Swahili"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="40"/>
+    <s v="Swahili"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="41"/>
+    <s v="Punjabi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="41"/>
+    <s v="Punjabi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="42"/>
+    <s v="Tamil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="42"/>
+    <s v="Tamil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="43"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="43"/>
+    <s v="Estonian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="44"/>
+    <s v="Japanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="44"/>
+    <s v="Japanese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="45"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="45"/>
+    <s v="Somali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="46"/>
+    <s v="Bosnian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="46"/>
+    <s v="Bosnian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="47"/>
+    <s v="Croatian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="47"/>
+    <s v="Croatian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="48"/>
+    <s v="Shona"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="48"/>
+    <s v="Shona"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="49"/>
+    <s v="Vietnamese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="49"/>
+    <s v="Vietnamese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="051"/>
+    <s v="Pashto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="051"/>
+    <s v="Pashto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="052"/>
+    <s v="Telugu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="052"/>
+    <s v="Telugu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="053"/>
+    <s v="Greek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="053"/>
+    <s v="Greek"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="054"/>
+    <s v="Persian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="054"/>
+    <s v="Persian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="055"/>
+    <s v="Lingala"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="055"/>
+    <s v="Lingala"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="056"/>
+    <s v="Korean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="056"/>
+    <s v="Korean"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="057"/>
+    <s v="Edo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="057"/>
+    <s v="Edo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="058"/>
+    <s v="Serbian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="058"/>
+    <s v="Serbian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="059"/>
+    <s v="Finnish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="059"/>
+    <s v="Finnish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="060"/>
+    <s v="Danish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="060"/>
+    <s v="Danish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="061"/>
+    <s v="Kurdish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="061"/>
+    <s v="Kurdish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="062"/>
+    <s v="Nepali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="062"/>
+    <s v="Nepali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="063"/>
+    <s v="Sign Language (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="063"/>
+    <s v="Sign Language (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="064"/>
+    <s v="Irish cant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="064"/>
+    <s v="Irish cant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="065"/>
+    <s v="Georgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="065"/>
+    <s v="Georgian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="066"/>
+    <s v="Hebrew"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="066"/>
+    <s v="Hebrew"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="067"/>
+    <s v="Nyanja (Chichewa)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="067"/>
+    <s v="Nyanja (Chichewa)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="068"/>
+    <s v="Other Northern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="068"/>
+    <s v="Other Northern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="069"/>
+    <s v="Other Southern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="069"/>
+    <s v="Other Southern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="070"/>
+    <s v="Other Eastern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="070"/>
+    <s v="Other Eastern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="071"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="071"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="072"/>
+    <s v="Other African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="072"/>
+    <s v="Other African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28532"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31920"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2803"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="020"/>
+    <s v="Malayalam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="020"/>
+    <s v="Malayalam"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="030"/>
+    <s v="Urdu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="030"/>
+    <s v="Urdu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="014"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="014"/>
+    <s v="Hungarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="010"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="010"/>
+    <s v="Filipino"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="028"/>
+    <s v="Tagalog"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="028"/>
+    <s v="Tagalog"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="008"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="008"/>
+    <s v="Czech"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="009"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="009"/>
+    <s v="Dutch"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="013"/>
+    <s v="Hindi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="013"/>
+    <s v="Hindi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="015"/>
+    <s v="Igbo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="015"/>
+    <s v="Igbo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="005"/>
+    <s v="Bengali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="005"/>
+    <s v="Bengali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="016"/>
+    <s v="Irish sign language"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="016"/>
+    <s v="Irish sign language"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="003"/>
+    <s v="Afrikaans"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="003"/>
+    <s v="Afrikaans"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="029"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="029"/>
+    <s v="Ukrainian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="027"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="027"/>
+    <s v="Swedish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="006"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="006"/>
+    <s v="Bulgarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="35"/>
+    <s v="Albanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="35"/>
+    <s v="Albanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="36"/>
+    <s v="Malay"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="36"/>
+    <s v="Malay"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="37"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="37"/>
+    <s v="Thai"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="38"/>
+    <s v="Turkish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="38"/>
+    <s v="Turkish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="40"/>
+    <s v="Swahili"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="40"/>
+    <s v="Swahili"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="41"/>
+    <s v="Punjabi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="41"/>
+    <s v="Punjabi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="42"/>
+    <s v="Tamil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="42"/>
+    <s v="Tamil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="43"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="43"/>
+    <s v="Estonian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="44"/>
+    <s v="Japanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="44"/>
+    <s v="Japanese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="45"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="45"/>
+    <s v="Somali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="46"/>
+    <s v="Bosnian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="46"/>
+    <s v="Bosnian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="47"/>
+    <s v="Croatian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="47"/>
+    <s v="Croatian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="48"/>
+    <s v="Shona"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="48"/>
+    <s v="Shona"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="49"/>
+    <s v="Vietnamese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="49"/>
+    <s v="Vietnamese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="051"/>
+    <s v="Pashto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="051"/>
+    <s v="Pashto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="052"/>
+    <s v="Telugu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="052"/>
+    <s v="Telugu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="053"/>
+    <s v="Greek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="053"/>
+    <s v="Greek"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="054"/>
+    <s v="Persian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="054"/>
+    <s v="Persian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="055"/>
+    <s v="Lingala"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="055"/>
+    <s v="Lingala"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="056"/>
+    <s v="Korean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="056"/>
+    <s v="Korean"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="057"/>
+    <s v="Edo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="057"/>
+    <s v="Edo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="058"/>
+    <s v="Serbian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="058"/>
+    <s v="Serbian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="059"/>
+    <s v="Finnish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="059"/>
+    <s v="Finnish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="060"/>
+    <s v="Danish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="060"/>
+    <s v="Danish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="061"/>
+    <s v="Kurdish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="061"/>
+    <s v="Kurdish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="062"/>
+    <s v="Nepali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="062"/>
+    <s v="Nepali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="063"/>
+    <s v="Sign Language (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="063"/>
+    <s v="Sign Language (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="064"/>
+    <s v="Irish cant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="064"/>
+    <s v="Irish cant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="065"/>
+    <s v="Georgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="065"/>
+    <s v="Georgian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="066"/>
+    <s v="Hebrew"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="066"/>
+    <s v="Hebrew"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="067"/>
+    <s v="Nyanja (Chichewa)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="067"/>
+    <s v="Nyanja (Chichewa)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="068"/>
+    <s v="Other Northern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="068"/>
+    <s v="Other Northern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="069"/>
+    <s v="Other Southern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="069"/>
+    <s v="Other Southern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="070"/>
+    <s v="Other Eastern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="070"/>
+    <s v="Other Eastern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="071"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="071"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="072"/>
+    <s v="Other African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="072"/>
+    <s v="Other African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8441"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12017"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2503"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="020"/>
+    <s v="Malayalam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="020"/>
+    <s v="Malayalam"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="030"/>
+    <s v="Urdu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="030"/>
+    <s v="Urdu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="014"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="014"/>
+    <s v="Hungarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="010"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="010"/>
+    <s v="Filipino"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="028"/>
+    <s v="Tagalog"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="028"/>
+    <s v="Tagalog"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="008"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="008"/>
+    <s v="Czech"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="009"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="009"/>
+    <s v="Dutch"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="013"/>
+    <s v="Hindi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="013"/>
+    <s v="Hindi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="015"/>
+    <s v="Igbo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="015"/>
+    <s v="Igbo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="005"/>
+    <s v="Bengali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="005"/>
+    <s v="Bengali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="016"/>
+    <s v="Irish sign language"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="016"/>
+    <s v="Irish sign language"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="003"/>
+    <s v="Afrikaans"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="003"/>
+    <s v="Afrikaans"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="029"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="029"/>
+    <s v="Ukrainian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="027"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="027"/>
+    <s v="Swedish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="006"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="006"/>
+    <s v="Bulgarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="35"/>
+    <s v="Albanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="35"/>
+    <s v="Albanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="36"/>
+    <s v="Malay"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="36"/>
+    <s v="Malay"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="37"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="37"/>
+    <s v="Thai"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="38"/>
+    <s v="Turkish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="38"/>
+    <s v="Turkish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="40"/>
+    <s v="Swahili"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="40"/>
+    <s v="Swahili"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="41"/>
+    <s v="Punjabi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="41"/>
+    <s v="Punjabi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="42"/>
+    <s v="Tamil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="42"/>
+    <s v="Tamil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="43"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="43"/>
+    <s v="Estonian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="44"/>
+    <s v="Japanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="44"/>
+    <s v="Japanese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="45"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="45"/>
+    <s v="Somali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="46"/>
+    <s v="Bosnian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="46"/>
+    <s v="Bosnian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="47"/>
+    <s v="Croatian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="47"/>
+    <s v="Croatian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="48"/>
+    <s v="Shona"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="48"/>
+    <s v="Shona"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="49"/>
+    <s v="Vietnamese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="49"/>
+    <s v="Vietnamese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="051"/>
+    <s v="Pashto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="051"/>
+    <s v="Pashto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="052"/>
+    <s v="Telugu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="052"/>
+    <s v="Telugu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="053"/>
+    <s v="Greek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="053"/>
+    <s v="Greek"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="054"/>
+    <s v="Persian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="054"/>
+    <s v="Persian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="055"/>
+    <s v="Lingala"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="055"/>
+    <s v="Lingala"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="056"/>
+    <s v="Korean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="056"/>
+    <s v="Korean"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="057"/>
+    <s v="Edo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="057"/>
+    <s v="Edo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="058"/>
+    <s v="Serbian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="058"/>
+    <s v="Serbian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="059"/>
+    <s v="Finnish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="059"/>
+    <s v="Finnish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="060"/>
+    <s v="Danish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="060"/>
+    <s v="Danish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="061"/>
+    <s v="Kurdish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="061"/>
+    <s v="Kurdish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="062"/>
+    <s v="Nepali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="062"/>
+    <s v="Nepali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="063"/>
+    <s v="Sign Language (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="063"/>
+    <s v="Sign Language (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="064"/>
+    <s v="Irish cant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="064"/>
+    <s v="Irish cant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="065"/>
+    <s v="Georgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="065"/>
+    <s v="Georgian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="066"/>
+    <s v="Hebrew"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="066"/>
+    <s v="Hebrew"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="067"/>
+    <s v="Nyanja (Chichewa)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="067"/>
+    <s v="Nyanja (Chichewa)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="068"/>
+    <s v="Other Northern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="068"/>
+    <s v="Other Northern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="069"/>
+    <s v="Other Southern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="069"/>
+    <s v="Other Southern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="070"/>
+    <s v="Other Eastern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="070"/>
+    <s v="Other Eastern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="071"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="071"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="072"/>
+    <s v="Other African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="072"/>
+    <s v="Other African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6534"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10108"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22921"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="021"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36354"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11176"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="011"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10150"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6588"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="019"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8824"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4988"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="012"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5413"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5097"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="024"/>
+    <s v="Russian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6172"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4333"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="026"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6205"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5608"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="023"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8947"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2374"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="007"/>
+    <s v="Chinese, nec"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4019"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2627"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="018"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3264"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="022"/>
+    <s v="Portuguese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2797"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3810"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="004"/>
+    <s v="Arabic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4966"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1540"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="017"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2401"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3136"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="031"/>
+    <s v="Yoruba"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2152"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="025"/>
+    <s v="Slovak"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2149"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="020"/>
+    <s v="Malayalam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2639"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="020"/>
+    <s v="Malayalam"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3896"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="030"/>
+    <s v="Urdu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="030"/>
+    <s v="Urdu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3595"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="014"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="014"/>
+    <s v="Hungarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="010"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="010"/>
+    <s v="Filipino"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="028"/>
+    <s v="Tagalog"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="028"/>
+    <s v="Tagalog"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="008"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="008"/>
+    <s v="Czech"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="009"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="009"/>
+    <s v="Dutch"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="013"/>
+    <s v="Hindi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="013"/>
+    <s v="Hindi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="015"/>
+    <s v="Igbo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="015"/>
+    <s v="Igbo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="005"/>
+    <s v="Bengali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="005"/>
+    <s v="Bengali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1362"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="016"/>
+    <s v="Irish sign language"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="016"/>
+    <s v="Irish sign language"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="003"/>
+    <s v="Afrikaans"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="003"/>
+    <s v="Afrikaans"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="029"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="029"/>
+    <s v="Ukrainian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="027"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="027"/>
+    <s v="Swedish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="006"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="006"/>
+    <s v="Bulgarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="35"/>
+    <s v="Albanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="35"/>
+    <s v="Albanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="36"/>
+    <s v="Malay"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="36"/>
+    <s v="Malay"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="37"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="37"/>
+    <s v="Thai"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="38"/>
+    <s v="Turkish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="38"/>
+    <s v="Turkish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="40"/>
+    <s v="Swahili"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="40"/>
+    <s v="Swahili"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="41"/>
+    <s v="Punjabi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="41"/>
+    <s v="Punjabi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="42"/>
+    <s v="Tamil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="42"/>
+    <s v="Tamil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="43"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="43"/>
+    <s v="Estonian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="44"/>
+    <s v="Japanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="44"/>
+    <s v="Japanese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="45"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="45"/>
+    <s v="Somali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="46"/>
+    <s v="Bosnian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="46"/>
+    <s v="Bosnian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="47"/>
+    <s v="Croatian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="47"/>
+    <s v="Croatian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="48"/>
+    <s v="Shona"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="48"/>
+    <s v="Shona"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="49"/>
+    <s v="Vietnamese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="49"/>
+    <s v="Vietnamese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="051"/>
+    <s v="Pashto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="051"/>
+    <s v="Pashto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="052"/>
+    <s v="Telugu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="052"/>
+    <s v="Telugu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="053"/>
+    <s v="Greek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="053"/>
+    <s v="Greek"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="054"/>
+    <s v="Persian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="054"/>
+    <s v="Persian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="055"/>
+    <s v="Lingala"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="055"/>
+    <s v="Lingala"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="056"/>
+    <s v="Korean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="056"/>
+    <s v="Korean"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="057"/>
+    <s v="Edo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="057"/>
+    <s v="Edo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="058"/>
+    <s v="Serbian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="058"/>
+    <s v="Serbian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="059"/>
+    <s v="Finnish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="059"/>
+    <s v="Finnish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="060"/>
+    <s v="Danish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="060"/>
+    <s v="Danish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="061"/>
+    <s v="Kurdish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="061"/>
+    <s v="Kurdish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="062"/>
+    <s v="Nepali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="062"/>
+    <s v="Nepali"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="063"/>
+    <s v="Sign Language (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="063"/>
+    <s v="Sign Language (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="064"/>
+    <s v="Irish cant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="064"/>
+    <s v="Irish cant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="065"/>
+    <s v="Georgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="065"/>
+    <s v="Georgian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="066"/>
+    <s v="Hebrew"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="066"/>
+    <s v="Hebrew"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="067"/>
+    <s v="Nyanja (Chichewa)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="067"/>
+    <s v="Nyanja (Chichewa)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="068"/>
+    <s v="Other Northern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="068"/>
+    <s v="Other Northern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="069"/>
+    <s v="Other Southern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="069"/>
+    <s v="Other Southern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="070"/>
+    <s v="Other Eastern European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="070"/>
+    <s v="Other Eastern European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="071"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="071"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="072"/>
+    <s v="Other African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="072"/>
+    <s v="Other African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5473"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="033"/>
+    <s v="Other stated languages (incl. not stated)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6736"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109875"/>
+  </r>
+  <r>
+    <s v="E7060"/>
+    <s v="Population Usually Resident and Present in the State, who spoke a language other than Irish or English at home 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="All languages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="144193"/>
+  </r>
+</pivotCacheRecords>
 </file>