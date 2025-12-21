--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45e6cc9a020d4983" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/afe464bf4386465e92a95906b7e0716b.psmdcp" Id="Rbb1a046a49724f87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe044f09905f4644" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b83f338dfacb4603b4165394070c54a4.psmdcp" Id="Rcf9b2b83e14c4e8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E7059</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E7059/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P7</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 7 - Migration and Diversity</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -535,403 +535,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J379" totalsRowShown="0">
   <x:autoFilter ref="A1:J379"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Principal Economic Status"/>
     <x:tableColumn id="5" name="C02537V03240"/>
     <x:tableColumn id="6" name="Nationality"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1202,51 +973,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E7059/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1433,51 +1204,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J379"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="71.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="50.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -13595,51 +13366,51 @@
       <x:c r="G379" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I379" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J379" s="0">
         <x:v>1629</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13656,51 +13427,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J379" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E7059"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="9">
         <x:s v="-06"/>
         <x:s v="501"/>
         <x:s v="201"/>
         <x:s v="202"/>
         <x:s v="301"/>
         <x:s v="302"/>
         <x:s v="303"/>
         <x:s v="304"/>
         <x:s v="602"/>
       </x:sharedItems>
     </x:cacheField>
@@ -14026,27 +13797,4564 @@
         <x:n v="3"/>
         <x:n v="9"/>
         <x:n v="22"/>
         <x:n v="8"/>
         <x:n v="55"/>
         <x:n v="24"/>
         <x:n v="6"/>
         <x:n v="4735"/>
         <x:n v="5258"/>
         <x:n v="955"/>
         <x:n v="1025"/>
         <x:n v="213"/>
         <x:n v="105"/>
         <x:n v="141"/>
         <x:n v="124"/>
         <x:n v="17"/>
         <x:n v="1621"/>
         <x:n v="1629"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340979"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="326278"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7882"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6598"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2804"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4550"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3085"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9867"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7795"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3019"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4400"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2265"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1910"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4212"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4263"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4612"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6143"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6467"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6601"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="398631"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="380574"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102309"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="110253"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2101"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2376"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6241"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4163"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2489"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2574"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3587"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125173"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133723"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16490"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12934"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19340"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15159"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50522"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24843"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57886"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28981"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159582"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="167768"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3074"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2724"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2330"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2423"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4676"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4793"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180754"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="189730"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6441"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4182"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8782"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5711"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4363"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4922"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4735"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5258"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="E7059"/>
+    <s v="Population Aged 18 - 24 Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+</pivotCacheRecords>
 </file>