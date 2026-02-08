--- v1 (2025-12-21)
+++ v2 (2026-02-08)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe044f09905f4644" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b83f338dfacb4603b4165394070c54a4.psmdcp" Id="Rcf9b2b83e14c4e8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b44f81a13a542d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2d7b239b2fc8459089eeda201df5f9d7.psmdcp" Id="Ref5f5f7247c84760" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>