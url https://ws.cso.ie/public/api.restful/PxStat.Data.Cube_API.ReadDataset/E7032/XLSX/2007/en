--- v0 (2025-11-07)
+++ v1 (2026-02-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce18d4c9cfc84bd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e9e905a31fdc45189d29dbf6bd541306.psmdcp" Id="R1926bca075624669" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0dadb7bf04741b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a3f56bf8680a40db913b20e7a12c94d8.psmdcp" Id="Rf4d8e3b2897a4399" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E7032</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E7032/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P7</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 7 - Migration and Diversity</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -544,419 +544,178 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...367 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01936V02368" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year of taking up Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J463" totalsRowShown="0">
   <x:autoFilter ref="A1:J463"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C01936V02368"/>
     <x:tableColumn id="4" name="Year of taking up Residence"/>
     <x:tableColumn id="5" name="C02537V03240"/>
     <x:tableColumn id="6" name="Nationality"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1227,51 +986,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E7032/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1458,51 +1217,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J463"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="103.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="27.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -16308,51 +16067,51 @@
       <x:c r="G463" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I463" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J463" s="0">
         <x:v>377529</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16369,51 +16128,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J463" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E7032"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C01936V02368">
       <x:sharedItems count="11">
         <x:s v="-"/>
         <x:s v="195101"/>
         <x:s v="1951359"/>
         <x:s v="1961369"/>
         <x:s v="1971379"/>
         <x:s v="1981389"/>
         <x:s v="1991399"/>
         <x:s v="2001305"/>
         <x:s v="200730"/>
         <x:s v="201205"/>
         <x:s v="9998"/>
@@ -16825,27 +16584,5572 @@
         <x:n v="2532"/>
         <x:n v="2225"/>
         <x:n v="4207"/>
         <x:n v="6638"/>
         <x:n v="14689"/>
         <x:n v="19843"/>
         <x:n v="4312"/>
         <x:n v="4744"/>
         <x:n v="6276"/>
         <x:n v="4292"/>
         <x:n v="26183"/>
         <x:n v="19968"/>
         <x:n v="1322"/>
         <x:n v="2327"/>
         <x:n v="2542"/>
         <x:n v="3340"/>
         <x:n v="318470"/>
         <x:n v="377529"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240621"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="307412"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110276"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99937"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9418"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10868"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10817"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10605"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7227"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10917"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6573"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11365"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19367"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17946"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34615"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33058"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113501"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="111068"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16314"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26267"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39533"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19859"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15958"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10623"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10493"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9619"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8576"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12944"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41130"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47608"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6339"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6504"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14824"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9912"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46793"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35681"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4989"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6586"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8068"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10517"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="765432"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="809296"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7706"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6893"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2383"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10773"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9290"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17909"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16691"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6328"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5049"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25848"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22959"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13906"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12322"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6821"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5319"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23431"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19712"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47246"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40223"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26392"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19638"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2201"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2456"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92457"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70921"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31262"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40000"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25681"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17908"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2048"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2549"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6008"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3654"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10929"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7389"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37553"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24801"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2847"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9053"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4640"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11864"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6962"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4700"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10259"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2121"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169977"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="117315"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14677"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19751"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15840"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10545"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3111"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3072"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3974"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2444"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5700"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3703"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23040"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15581"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4007"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3479"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5281"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4285"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3082"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11145"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6289"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2508"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8330"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2844"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120086"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79444"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15321"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12411"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3710"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2501"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3899"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4781"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9118"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6341"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3763"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4007"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3639"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4580"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11860"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2867"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9664"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2942"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3388"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="201205"/>
+    <s v="2012 to 2016"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="108964"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104704"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153771"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25912"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26635"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2884"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2349"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2553"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2333"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3709"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3583"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8937"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10129"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17571"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19303"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52256"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61135"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8343"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14105"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22894"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11649"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6859"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4696"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2532"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4207"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6638"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14689"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19843"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4312"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4744"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6276"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4292"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26183"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19968"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2327"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2542"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3340"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318470"/>
+  </r>
+  <r>
+    <s v="E7032"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State Born Outside the State 2011 to 2016"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="377529"/>
+  </r>
+</pivotCacheRecords>
 </file>