--- v0 (2025-11-09)
+++ v1 (2026-03-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f31f92341cb423b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eaa44224130b46658542d26a18c6f7b4.psmdcp" Id="R8b5faf6a720c41b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R901940d73a8446f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/36b49390958c4e34bb2a35ea155a36b1.psmdcp" Id="R88aa2aa6cf774e46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E7029</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E7029/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P7</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 7 - Migration and Diversity</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -541,411 +541,176 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...359 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02255V02727" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Composition of Private Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J421" totalsRowShown="0">
   <x:autoFilter ref="A1:J421"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02255V02727"/>
     <x:tableColumn id="4" name="Composition of Private Household"/>
     <x:tableColumn id="5" name="C02537V03240"/>
     <x:tableColumn id="6" name="Nationality"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1216,51 +981,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E7029/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1447,51 +1212,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J421"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="130.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="72.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -14953,51 +14718,51 @@
       <x:c r="G421" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I421" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J421" s="0">
         <x:v>82346</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15014,51 +14779,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J421" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E7029"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02255V02727">
       <x:sharedItems count="10">
         <x:s v="02"/>
         <x:s v="49"/>
         <x:s v="50"/>
         <x:s v="285"/>
         <x:s v="30"/>
         <x:s v="44"/>
         <x:s v="525"/>
         <x:s v="526"/>
         <x:s v="53"/>
         <x:s v="-1"/>
       </x:sharedItems>
@@ -15453,27 +15218,5068 @@
         <x:n v="2553"/>
         <x:n v="1404"/>
         <x:n v="2088"/>
         <x:n v="2396"/>
         <x:n v="4615"/>
         <x:n v="3433"/>
         <x:n v="6757"/>
         <x:n v="334"/>
         <x:n v="753"/>
         <x:n v="1555"/>
         <x:n v="3538"/>
         <x:n v="7136"/>
         <x:n v="1002"/>
         <x:n v="1720"/>
         <x:n v="776"/>
         <x:n v="1844"/>
         <x:n v="53267"/>
         <x:n v="82346"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1834"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4387"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5165"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2336"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3919"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6822"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="49"/>
+    <s v="Married couple (or cohabiting couple)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11296"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7450"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11004"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13550"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Married couple (or cohabiting couple) with children"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22386"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2295"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3091"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4297"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="285"/>
+    <s v="One parent with children, relatives and other persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5634"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2679"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2469"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3223"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2657"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2437"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12137"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19740"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3063"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="525"/>
+    <s v="Married couple (or cohabiting couple) with relatives and other persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4391"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3712"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="526"/>
+    <s v="Married couple (or cohabiting couple) with children, relatives and other persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5901"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3382"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5154"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19593"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28143"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4072"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5840"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2542"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4112"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4029"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2896"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1980"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2553"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2088"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4615"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3433"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6757"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3538"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7136"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1844"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53267"/>
+  </r>
+  <r>
+    <s v="E7029"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State and Who Were Living Outside the State One Year Ago 2011 to 2016"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82346"/>
+  </r>
+</pivotCacheRecords>
 </file>