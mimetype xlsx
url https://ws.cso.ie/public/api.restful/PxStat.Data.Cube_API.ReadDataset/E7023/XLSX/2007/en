--- v0 (2025-11-12)
+++ v1 (2026-02-14)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f6931617e854f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a47e9f2c246144b8a75338ecf3a29d23.psmdcp" Id="R4b5c8a51e3cf4075" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc65e5e0afa74ec9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6e88d4acd44043698995a76dc44e2f1d.psmdcp" Id="R9ddff7a3d8734c69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E7023</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Family Units with Children in Private Households 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/28/2020 11:00:00 AM</x:t>
+    <x:t>28/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E7023/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P7</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 7 - Migration and Diversity</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -466,331 +466,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Child" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730B" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02829V03403" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L401" totalsRowShown="0">
   <x:autoFilter ref="A1:L401"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02258V02730A"/>
     <x:tableColumn id="4" name="Age Group of Child"/>
     <x:tableColumn id="5" name="C02258V02730B"/>
     <x:tableColumn id="6" name="Type of Family Unit"/>
     <x:tableColumn id="7" name="C02829V03403"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1063,51 +894,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E7023/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1294,51 +1125,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L401"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="56.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="17.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="35.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="17.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="40.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -16568,51 +16399,51 @@
       <x:c r="I401" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L401" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16629,51 +16460,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L401" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E7023"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Family Units with Children in Private Households 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02258V02730A">
       <x:sharedItems count="4">
         <x:s v="-"/>
         <x:s v="112"/>
         <x:s v="113"/>
         <x:s v="114"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group of Child">
       <x:sharedItems count="4">
         <x:s v="All family units"/>
         <x:s v="All children under 15 years"/>
         <x:s v="All children aged 15 years and over"/>
@@ -17121,27 +16952,5628 @@
         <x:n v="6175"/>
         <x:n v="5811"/>
         <x:n v="1863"/>
         <x:n v="1805"/>
         <x:n v="5401"/>
         <x:n v="5073"/>
         <x:n v="135"/>
         <x:n v="103"/>
         <x:n v="359"/>
         <x:n v="266"/>
         <x:n v="138"/>
         <x:n v="153"/>
         <x:n v="402"/>
         <x:n v="443"/>
         <x:n v="6"/>
         <x:n v="12"/>
         <x:n v="13"/>
         <x:n v="29"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="834266"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="862721"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1625975"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1682601"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="694378"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="718499"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1363301"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1414682"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49191"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44035"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78348"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71641"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89540"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="98500"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182656"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="193554"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2724"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="558682"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="568317"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1169314"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1188160"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="463415"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="471913"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="981260"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1000084"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32052"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27659"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53767"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47545"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62872"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68181"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133729"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="139473"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60269"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75587"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104665"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="138238"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42541"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53514"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75877"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="100704"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5719"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5392"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7993"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8108"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11949"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16488"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20687"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29088"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186284"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="189112"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308109"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="312241"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162420"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="166466"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266756"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="274443"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9797"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9392"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14379"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13882"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13418"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12463"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26109"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22784"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29031"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29705"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43887"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43962"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26002"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26606"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39408"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39451"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2106"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2131"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="405586"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="406191"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="771142"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="783778"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307196"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="309468"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="596905"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="613405"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33519"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27185"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49995"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42646"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64110"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68480"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123164"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126074"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266969"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="267349"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="552973"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="559449"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198738"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="201659"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="425811"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="437824"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23001"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18206"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35912"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29966"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45038"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47169"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90933"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="91093"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49005"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57872"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79636"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="98457"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33989"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39974"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56860"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69939"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4886"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4207"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6466"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6041"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10080"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13560"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16224"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22257"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83476"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75042"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129347"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116858"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69504"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63010"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106797"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="98252"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5060"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4270"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6862"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5966"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8434"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7206"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15077"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11858"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6136"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5928"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9186"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9014"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4965"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4825"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7437"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7390"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309175"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="328684"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="489021"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="513854"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285342"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="300523"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453940"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="472395"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10386"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11751"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14114"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15627"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13107"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15901"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20536"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25121"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201499"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="208299"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337433"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="345702"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187129"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="191266"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315042"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="319190"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5298"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5947"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7644"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8318"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8942"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10889"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14570"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17884"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5717"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8615"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8167"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12481"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4395"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6589"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6376"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9737"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81206"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90066"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114895"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126534"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74644"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82692"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105952"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116480"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3689"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4057"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4769"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5196"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2726"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3121"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3990"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4607"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20753"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21704"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28526"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29137"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19174"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19976"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26570"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26988"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119505"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="127846"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365812"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="384969"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101840"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="108508"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="312456"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="328882"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5286"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5099"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14239"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13368"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12323"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14119"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38956"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42359"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90214"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92669"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278908"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="283009"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77548"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78988"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240407"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="243070"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3753"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3506"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10211"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9261"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8892"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10123"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28226"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30496"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5547"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9100"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16862"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27300"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4157"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6951"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12641"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21028"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3286"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5101"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21602"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24004"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63867"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68849"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18272"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20764"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54007"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59711"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2748"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2258"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2136"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7042"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6319"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6175"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5811"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1863"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5401"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5073"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E7023"/>
+    <s v="Family Units with Children in Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+</pivotCacheRecords>
 </file>