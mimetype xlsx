--- v0 (2025-11-13)
+++ v1 (2026-01-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22f2e17dd27d41fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8ad78d19d80843d39ea0052b63fda4e0.psmdcp" Id="R73c172c1f84e48a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7d0201f33ab4d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/320a92e5453149baba65e6f331666d3f.psmdcp" Id="R2b664384f10641a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E7022</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Nationality of Persons in Private Households 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E7022/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P7</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 7 - Migration and Diversity</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -499,355 +499,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02255V02727" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Composition of Private Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J361" totalsRowShown="0">
   <x:autoFilter ref="A1:J361"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02255V02727"/>
     <x:tableColumn id="2" name="Composition of Private Household"/>
     <x:tableColumn id="3" name="C02254V02726"/>
     <x:tableColumn id="4" name="Persons per Household"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1118,51 +925,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E7022/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1349,51 +1156,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J361"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="50.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="20.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -12935,51 +12742,51 @@
       <x:c r="G361" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J361" s="0">
         <x:v>12276</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12996,51 +12803,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J361" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02255V02727">
       <x:sharedItems count="18">
         <x:s v="-"/>
         <x:s v="02"/>
         <x:s v="45"/>
         <x:s v="04"/>
         <x:s v="46"/>
         <x:s v="07"/>
         <x:s v="085"/>
         <x:s v="095"/>
         <x:s v="47"/>
         <x:s v="48"/>
         <x:s v="13"/>
         <x:s v="18"/>
         <x:s v="225"/>
         <x:s v="295"/>
         <x:s v="31"/>
         <x:s v="32"/>
         <x:s v="33"/>
         <x:s v="37"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Composition of Private Household">
@@ -13439,27 +13246,4348 @@
         <x:n v="14723"/>
         <x:n v="9098"/>
         <x:n v="3301"/>
         <x:n v="69359"/>
         <x:n v="38622"/>
         <x:n v="15546"/>
         <x:n v="10564"/>
         <x:n v="4627"/>
         <x:n v="166581"/>
         <x:n v="91342"/>
         <x:n v="40465"/>
         <x:n v="25662"/>
         <x:n v="9112"/>
         <x:n v="192119"/>
         <x:n v="104978"/>
         <x:n v="43321"/>
         <x:n v="31544"/>
         <x:n v="12276"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="1654208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="1369449"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="138066"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="134473"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="12220"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="1702289"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="1408383"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="131260"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="148023"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="14623"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="4510409"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="3667019"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="348508"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="474766"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="20116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="4676648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="3799767"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="322546"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="528447"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="25888"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="392000"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="349483"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="34867"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="7650"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="399815"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="356403"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="35350"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="8062"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="392000"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="349483"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="34867"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="7650"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="399815"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="356403"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="35350"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="8062"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="240146"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="206406"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="16653"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="16668"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="254744"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="220898"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="16113"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="17161"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="480292"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="412812"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="33306"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="33336"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="509488"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="441796"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="32226"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="34322"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="73111"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="51436"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="10894"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="10703"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="68396"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="48067"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="10006"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="10185"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="146222"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="102872"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="21788"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="21406"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="136792"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="96134"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="20012"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="20370"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="522959"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="438294"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="26718"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="57733"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="529687"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="443566"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="23783"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="61944"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="2147067"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="1807246"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="99361"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="239660"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="2174232"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="1831882"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="89131"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="251628"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="54911"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="39699"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="4449"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="10722"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="68979"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="49658"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="4505"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="14673"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="206327"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="150634"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="15243"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="40297"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="265523"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="193493"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="15922"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="55549"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="155264"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="136425"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="6980"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="11647"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="153189"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="135699"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="6892"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="10290"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="420011"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="366747"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="17750"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="34958"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="414458"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="366507"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="17417"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="29691"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="24497"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="22342"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="24731"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="22541"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="62014"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="56577"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="2601"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="2696"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="61637"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="56167"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="2524"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="2722"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="13095"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="8160"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="3305"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="13328"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="8889"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="2481"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="43209"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="25705"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="11948"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="5513"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="44121"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="28224"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="8992"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="6853"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="26226"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="16720"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="3759"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="5732"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="27791"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="16762"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="2864"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="8139"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="136077"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="87053"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="18320"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="30628"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="144820"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="86839"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="14276"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="43568"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="8602"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="3752"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="3201"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="6966"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="3172"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="2153"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="1635"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="29551"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="12308"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="11488"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="5730"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="24057"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="10436"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="7760"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="5831"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="4233"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="2167"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="4657"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="2340"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="20437"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="10478"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="4484"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="5454"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="22729"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="11434"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="3109"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="8140"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="15190"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="11286"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="2061"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="17206"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="12704"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="56134"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="41241"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="6788"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="8056"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="64019"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="46731"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="6257"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="10938"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="2986"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="3413"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="10885"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="7823"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="12564"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="8759"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="18317"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="13527"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="2182"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="2597"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="21857"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="17328"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="3240"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="97384"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="71150"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="11575"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="14603"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="116703"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="91760"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="6689"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="18176"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="3554"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="4088"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="3284"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="39611"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="31771"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="6046"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="37648"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="28910"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="6459"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="2097"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="92664"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="71065"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="16659"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="4515"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="89483"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="64940"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="17944"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="6157"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="62608"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="35486"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="14723"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="9098"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="3301"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="69359"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="38622"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="15546"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="10564"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="4627"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="166581"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="91342"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="40465"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="25662"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="9112"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C01"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="192119"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C02"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="104978"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C03"/>
+    <s v="Non-Irish"/>
+    <s v="Number"/>
+    <n v="43321"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C04"/>
+    <s v="Non-Irish / Mixed Irish"/>
+    <s v="Number"/>
+    <n v="31544"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E7022C05"/>
+    <s v="Nationality not stated"/>
+    <s v="Number"/>
+    <n v="12276"/>
+  </r>
+</pivotCacheRecords>
 </file>