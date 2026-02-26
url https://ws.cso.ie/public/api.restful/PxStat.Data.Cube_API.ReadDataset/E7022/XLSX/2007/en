--- v1 (2026-01-11)
+++ v2 (2026-02-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7d0201f33ab4d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/320a92e5453149baba65e6f331666d3f.psmdcp" Id="R2b664384f10641a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf860f037afba4341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/80b48ea28019487192996888a294fb10.psmdcp" Id="Rbeb3775bfe4d41d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>