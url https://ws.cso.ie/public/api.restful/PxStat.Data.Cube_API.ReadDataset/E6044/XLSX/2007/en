--- v0 (2025-11-12)
+++ v1 (2026-02-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re463bd40b77e448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e65f52072bb64877a2d91da9f7ce0dc7.psmdcp" Id="R1ee93e3f08af4622" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re49838d8289940c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c61c92b652e64932886354297f8aa8ac.psmdcp" Id="R3dc714d22acb492a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E6044</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/13/2020 11:00:00 AM</x:t>
+    <x:t>13/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E6044/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P6</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 6 - Commuting in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -511,387 +511,176 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02730V03298" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Time Leaving Home" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L781" totalsRowShown="0">
   <x:autoFilter ref="A1:L781"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02730V03298"/>
     <x:tableColumn id="8" name="Time Leaving Home"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1164,51 +953,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E6044/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1395,51 +1184,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L781"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="89.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="20.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -31109,51 +30898,51 @@
       <x:c r="I781" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J781" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K781" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L781" s="0">
         <x:v>2373</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31170,51 +30959,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L781" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E6044"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="13">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
@@ -32056,27 +31845,10948 @@
         <x:n v="5794"/>
         <x:n v="49"/>
         <x:n v="84"/>
         <x:n v="106"/>
         <x:n v="176"/>
         <x:n v="137"/>
         <x:n v="218"/>
         <x:n v="334"/>
         <x:n v="299"/>
         <x:n v="441"/>
         <x:n v="394"/>
         <x:n v="567"/>
         <x:n v="389"/>
         <x:n v="526"/>
         <x:n v="800"/>
         <x:n v="1075"/>
         <x:n v="2119"/>
         <x:n v="2373"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1778400"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1970728"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121306"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="169968"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157570"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="204973"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206231"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="239766"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295131"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="322893"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304671"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="323084"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267989"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="256207"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115692"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107461"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191016"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="196287"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118794"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150089"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="939175"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1057565"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88740"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="124415"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101617"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="132682"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122064"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="140002"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165850"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="175918"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142377"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="147034"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109096"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="105405"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45804"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44883"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91872"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99053"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71755"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88173"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839225"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="913163"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32566"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45553"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55953"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72291"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84167"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99764"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129281"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146975"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162294"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="176050"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158893"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150802"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69888"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62578"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99144"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97234"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47039"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61916"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13827"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17980"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1615"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1678"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1802"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1874"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2873"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3405"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2788"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7838"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10658"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5989"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7322"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113412"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="117921"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7051"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9595"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9800"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12522"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11914"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13978"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18036"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18320"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18196"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17436"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15859"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13049"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6854"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5859"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20048"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19153"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5654"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8009"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53545"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61429"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4386"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6383"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5647"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7356"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6400"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7605"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9116"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9662"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7483"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8013"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5961"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5761"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9254"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10008"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4200"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59867"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56492"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4153"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5166"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5514"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6373"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8920"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8658"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10713"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9423"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9898"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7288"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4483"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3418"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10794"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9145"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2727"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3809"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241064"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="210043"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16985"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16891"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21786"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21816"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28282"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26076"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42292"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35774"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43221"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35443"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34928"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25519"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12922"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9438"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29918"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22658"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10730"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16428"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112152"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="105127"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10839"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11040"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11869"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12579"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14145"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13543"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19971"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17486"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16913"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15155"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12965"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10426"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4718"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3868"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14770"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11825"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5962"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9205"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128912"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104916"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6146"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5851"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9917"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9237"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14137"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12533"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22321"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18288"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26308"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20288"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21963"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15093"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8204"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5570"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15148"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10833"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4768"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7223"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="280822"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="276302"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20773"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25546"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27017"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30407"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36358"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35806"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51632"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47717"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50839"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46407"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40365"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34431"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14759"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12881"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27348"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27186"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11731"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15921"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141366"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="138926"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14682"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17527"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16443"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18450"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19941"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19000"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26366"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23407"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21335"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19000"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15644"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13381"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5913"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5128"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14533"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14254"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6509"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8779"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139456"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="137376"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6091"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8019"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10574"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11957"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16417"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16806"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25266"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24310"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29504"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27407"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24721"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21050"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8846"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7753"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12815"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12932"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5222"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7142"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253971"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="299803"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20011"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28518"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24953"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33137"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32287"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38798"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43665"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51882"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43463"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50502"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38484"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38672"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16174"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14599"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22892"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26076"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12042"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17619"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135630"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="157881"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14914"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20928"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16323"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21177"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19157"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21976"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24516"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27145"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20188"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21601"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15571"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15332"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6259"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5955"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12023"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13969"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6679"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9798"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118341"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="141922"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5097"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7590"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8630"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11960"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13130"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16822"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19149"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24737"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23275"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28901"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22913"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23340"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9915"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8644"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10869"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12107"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5363"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7821"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224032"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="267663"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17451"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26525"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20897"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29770"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25997"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33007"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35778"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43267"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38560"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44678"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36375"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37584"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16128"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15438"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20561"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22594"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12285"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14800"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122881"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="144956"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13527"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19941"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14483"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19756"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16618"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19702"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21604"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24076"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18803"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20298"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14672"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15053"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6047"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6049"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10034"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11762"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7093"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8319"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101151"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="122707"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3924"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6584"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6414"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10014"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9379"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13305"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14174"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19191"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19757"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24380"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21703"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22531"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10081"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9389"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10527"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10832"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5192"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6481"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206092"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="236548"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14514"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22315"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18228"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24776"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23334"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28211"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33683"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37937"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37281"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40623"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33737"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33114"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14413"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13883"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19035"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20478"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11867"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15211"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110494"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="129046"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11223"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17168"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12550"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17010"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14724"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17405"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20354"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21642"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17821"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18485"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12953"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13147"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5309"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5498"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8481"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9921"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7079"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8770"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95598"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107502"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3291"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5147"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5678"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7766"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8610"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10806"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13329"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16295"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19460"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22138"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20784"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19967"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9104"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8385"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10554"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10557"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4788"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6441"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177990"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="209229"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11118"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17441"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14988"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21455"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20127"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25375"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29725"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35327"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31622"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36126"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28267"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28559"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12418"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11776"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17180"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18788"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12545"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14382"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95897"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112662"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8530"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13383"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10073"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14547"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12463"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15655"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17774"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20019"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15834"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16428"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11518"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11009"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4726"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4638"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7197"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8483"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7782"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8500"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82093"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96567"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2588"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4058"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4915"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6908"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7664"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9720"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11951"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15308"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15788"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19698"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16749"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17550"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7692"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7138"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9983"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10305"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4763"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5882"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136208"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="168448"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7375"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12528"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10679"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16295"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14982"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20100"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21987"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27725"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22630"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27405"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21260"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22903"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10245"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10127"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14392"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16163"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12658"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15202"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76308"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92643"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5783"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9604"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7355"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10944"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9569"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12396"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13546"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16015"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12244"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13554"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9588"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9573"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4264"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4189"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6041"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7161"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7918"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9207"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59900"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75805"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2924"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3324"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5351"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5413"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7704"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8441"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11710"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10386"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13851"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11672"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13330"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5981"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5938"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8351"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9002"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4740"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5995"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86421"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="108477"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4169"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6966"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6217"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9528"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8955"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12169"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12443"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16533"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12220"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15850"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11902"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14177"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6965"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7465"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10622"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11674"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12928"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14115"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51765"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63382"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3370"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5499"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4520"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6760"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6014"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7986"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8313"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10318"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7307"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8620"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6039"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6658"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3312"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3440"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4676"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5269"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8214"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8832"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34656"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45095"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1697"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2768"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2941"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4183"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4130"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6215"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4913"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7230"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5863"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7519"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3653"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4025"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5946"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6405"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4714"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5283"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27059"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36137"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2635"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3318"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2904"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4381"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3209"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4333"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3302"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4258"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3179"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3899"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5016"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6735"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7332"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18329"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24472"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1585"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2520"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2160"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3193"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2231"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2953"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2029"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4843"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5191"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8730"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11665"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2324"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2141"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17502"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22177"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2248"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3096"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8050"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8282"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12970"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16383"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5931"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5909"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4532"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5794"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="E6044"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2373"/>
+  </r>
+</pivotCacheRecords>
 </file>