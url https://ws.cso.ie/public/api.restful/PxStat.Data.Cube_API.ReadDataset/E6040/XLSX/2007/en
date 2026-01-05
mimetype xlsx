--- v0 (2025-11-12)
+++ v1 (2026-01-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82d27037b2b34b84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/29a28408d4d94da8a01967c0efacd7f2.psmdcp" Id="Rfc187e18bdab467b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7e597cd9e7b4339" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b641e4b439d7462284c71664195ca8df.psmdcp" Id="R67a8bb18478e4ce2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E6040</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/13/2020 11:00:00 AM</x:t>
+    <x:t>13/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Excludes those who work mainly at or from home</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E6040/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P6</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 6 - Commuting in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -502,371 +502,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02801V03370" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Travelling Time" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L625" totalsRowShown="0">
   <x:autoFilter ref="A1:L625"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02801V03370"/>
     <x:tableColumn id="8" name="Travelling Time"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1139,51 +940,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E6040/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1372,51 +1173,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L625"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="89.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="18.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -25158,51 +24959,51 @@
       <x:c r="I625" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L625" s="0">
         <x:v>1884</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -25219,51 +25020,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L625" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E6040"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="13">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
@@ -25945,27 +25746,8764 @@
         <x:n v="79"/>
         <x:n v="3918"/>
         <x:n v="3495"/>
         <x:n v="3802"/>
         <x:n v="4830"/>
         <x:n v="872"/>
         <x:n v="1204"/>
         <x:n v="707"/>
         <x:n v="934"/>
         <x:n v="478"/>
         <x:n v="82"/>
         <x:n v="156"/>
         <x:n v="84"/>
         <x:n v="126"/>
         <x:n v="18"/>
         <x:n v="48"/>
         <x:n v="1711"/>
         <x:n v="1884"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1695074"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1875773"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="427993"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="430221"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="520128"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="550257"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352362"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="396252"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123298"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="143351"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112701"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="147124"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39764"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52798"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118828"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="155770"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="879897"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="991957"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209852"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="212383"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252017"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="270912"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186174"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="212636"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63975"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76035"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65991"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87751"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26009"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35163"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75879"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97077"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="815177"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="883816"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218141"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="217838"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268111"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="279345"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166188"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="183616"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59323"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67316"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46710"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59373"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13755"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17635"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42949"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58693"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13615"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17752"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4037"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4263"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4135"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4985"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2236"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2937"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3272"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7701"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10523"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2452"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2262"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2874"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1852"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5914"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7229"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1771"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1873"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2111"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112069"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116287"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31329"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26543"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35778"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35594"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21700"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23739"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6979"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7962"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6642"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9003"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2375"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3348"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7266"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10098"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52689"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60414"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14166"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13311"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15811"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17932"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10429"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12367"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3244"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4154"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3515"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4888"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4095"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5721"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59380"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55873"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17163"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13232"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19967"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17662"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11271"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11372"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3735"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3808"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3127"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4115"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3171"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4377"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238182"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="206937"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59809"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44369"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75419"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61815"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51059"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44519"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17289"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15724"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16313"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15920"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5353"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5502"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12940"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19088"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110217"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103110"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26944"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21068"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33354"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29402"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23698"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22086"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7456"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7561"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8129"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8537"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3021"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3240"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7615"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11216"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127965"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103827"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32865"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23301"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42065"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32413"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27361"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22433"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9833"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8163"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8184"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7383"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2332"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2262"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5325"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7872"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="275519"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="270860"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62704"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58633"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84183"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79863"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61933"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60603"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23703"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22486"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22039"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23346"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7258"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7594"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13699"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18335"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138005"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="135763"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31183"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28180"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40300"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37940"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30747"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30342"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11251"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10743"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11811"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12846"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4319"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4711"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8394"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11001"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137514"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="135097"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31521"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30453"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43883"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41923"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31186"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30261"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12452"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11743"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10228"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10500"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2939"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2883"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5305"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7334"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245600"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="291471"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55378"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60899"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73039"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83080"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55621"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66083"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21042"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25761"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20077"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26734"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7136"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9162"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13307"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19752"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130330"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153045"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28069"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30472"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36488"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41180"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29679"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34578"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11141"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13287"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11845"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15392"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4666"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5948"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8442"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12188"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115270"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="138426"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27309"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30427"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36551"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41900"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25942"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31505"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9901"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12474"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8232"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11342"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2470"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3214"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4865"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7564"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213553"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="256655"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52417"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55341"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64817"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73803"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45473"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57361"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16516"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21859"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15382"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23096"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5929"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8732"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13019"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16463"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116045"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="138193"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26036"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27457"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32669"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36630"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25410"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31360"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9316"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12025"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9824"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14147"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4213"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6070"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8577"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10504"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97508"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="118462"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26381"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27884"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32148"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37173"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20063"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26001"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7200"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9834"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5558"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8949"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2662"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4442"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5959"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194706"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="223714"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51389"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52315"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60851"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65622"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39818"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47237"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13805"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17375"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12048"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17943"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4608"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6926"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12187"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16296"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102708"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="120760"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24268"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25064"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29583"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32473"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21880"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26367"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7701"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9784"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7775"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11610"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3301"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4915"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8200"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10547"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91998"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102954"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27121"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27251"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31268"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33149"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17938"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20870"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6104"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7591"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4273"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6333"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3987"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5749"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166527"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195715"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45172"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49179"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52863"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59317"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33124"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39559"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10928"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14008"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9109"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13771"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3171"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5165"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12160"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14716"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87628"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103359"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21566"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23104"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25580"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28407"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18352"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21898"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6086"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7899"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5732"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8824"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2228"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3668"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8084"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9559"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78899"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92356"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23606"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26075"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27283"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30910"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14772"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17661"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4842"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6109"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3377"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4947"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4076"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5157"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125196"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="155388"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34723"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40277"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39380"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47351"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23901"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30325"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7474"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10160"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6126"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9326"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3335"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11482"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14614"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68150"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83133"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17526"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19557"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19676"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23087"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13698"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17039"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4306"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5705"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3957"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5994"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2409"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7506"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9342"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57046"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72255"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17197"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20720"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19704"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24264"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10203"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13286"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3168"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4455"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3332"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3976"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5272"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76309"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97045"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21600"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25807"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22366"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28634"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13313"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17530"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3837"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5419"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3288"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5178"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1909"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10750"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12568"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44019"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54719"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11726"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13659"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11885"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14673"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8129"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10431"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2322"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3172"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2275"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3483"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6821"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7969"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32290"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42326"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9874"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12148"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10481"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13961"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5184"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7099"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3929"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4599"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21184"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28472"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6326"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8461"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5208"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7309"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3060"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4508"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4552"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5189"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13593"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18291"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3865"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5129"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3027"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4364"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2976"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3205"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3683"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7591"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10181"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2461"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3332"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2181"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2945"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12614"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15477"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3109"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4134"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2884"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5629"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5379"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8812"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10647"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2930"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3918"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3495"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3802"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4830"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="E6040"/>
+    <s v="Population aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1884"/>
+  </r>
+</pivotCacheRecords>
 </file>