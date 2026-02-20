--- v1 (2026-01-05)
+++ v2 (2026-02-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7e597cd9e7b4339" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b641e4b439d7462284c71664195ca8df.psmdcp" Id="R67a8bb18478e4ce2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R264ac9e9c93447a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6d74cdf5003248758df54e7389efce84.psmdcp" Id="R17c5009e1c0c4890" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>