--- v0 (2025-11-12)
+++ v1 (2026-01-09)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R656c8f5ac63443d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2f7d1c1fcfff45bb9693749537bbd96d.psmdcp" Id="R9be928e2de5d4183" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfab2465a11474137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c812277e5fa443ea911b6728d0b5502.psmdcp" Id="R604712b15ecc43a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E6034</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 and Over at Work, Usually Resident and Present in the State and Place of Work 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/13/2020 11:00:00 AM</x:t>
+    <x:t>13/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E6034/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P6</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 6 - Commuting in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -1588,1787 +1588,514 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1735 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02800V03468" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="201">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+      </items>
+    </pivotField>
+    <pivotField name="Towns with a Population of over 1,500" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="201">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1207" totalsRowShown="0">
   <x:autoFilter ref="A1:H1207"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02800V03468"/>
     <x:tableColumn id="2" name="Towns with a Population of over 1,500"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -3637,51 +2364,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E6034/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -3868,51 +2595,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1207"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="51.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -35282,51 +34009,51 @@
       <x:c r="E1207" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F1207" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G1207" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1207" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -35343,51 +34070,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1207" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02800V03468">
       <x:sharedItems count="201">
         <x:s v="100100"/>
         <x:s v="100300"/>
         <x:s v="100400"/>
         <x:s v="100500"/>
         <x:s v="100600"/>
         <x:s v="100695"/>
         <x:s v="100800"/>
         <x:s v="100900"/>
         <x:s v="101000"/>
         <x:s v="101100"/>
         <x:s v="101200"/>
         <x:s v="101300"/>
         <x:s v="101400"/>
         <x:s v="101500"/>
         <x:s v="101600"/>
         <x:s v="101700"/>
         <x:s v="101800"/>
         <x:s v="101900"/>
         <x:s v="102000"/>
         <x:s v="102100"/>
         <x:s v="102200"/>
@@ -36812,27 +35539,12088 @@
         <x:n v="484"/>
         <x:n v="248"/>
         <x:n v="-236"/>
         <x:n v="41"/>
         <x:n v="519"/>
         <x:n v="34"/>
         <x:n v="68"/>
         <x:n v="-441"/>
         <x:n v="66"/>
         <x:n v="452"/>
         <x:n v="204"/>
         <x:n v="-314"/>
         <x:n v="368"/>
         <x:n v="300"/>
         <x:n v="250"/>
         <x:n v="-118"/>
         <x:n v="424"/>
         <x:n v="15"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="422354"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="382002"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="40352"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="130447"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="512449"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="90095"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="72747"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="60706"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="12041"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="41433"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="102139"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="29392"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="28543"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="21908"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="6635"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="22716"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="44624"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="16081"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="27836"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="22271"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="5565"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="22105"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="44376"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="16540"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="16610"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="13101"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="3509"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="11274"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="24375"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="7765"/>
+  </r>
+  <r>
+    <s v="100695"/>
+    <s v="Towns 1,500 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1018138"/>
+  </r>
+  <r>
+    <s v="100695"/>
+    <s v="Towns 1,500 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="668510"/>
+  </r>
+  <r>
+    <s v="100695"/>
+    <s v="Towns 1,500 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="349628"/>
+  </r>
+  <r>
+    <s v="100695"/>
+    <s v="Towns 1,500 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="516836"/>
+  </r>
+  <r>
+    <s v="100695"/>
+    <s v="Towns 1,500 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1185346"/>
+  </r>
+  <r>
+    <s v="100695"/>
+    <s v="Towns 1,500 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="167208"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="13062"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="6217"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="6845"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="6144"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="12361"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-701"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="11594"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="8087"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="3507"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="6077"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="14164"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="2570"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="16030"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="4128"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="11902"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="11210"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="15338"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-692"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="11418"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="3689"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="7729"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="5074"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="8763"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-2655"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="9823"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="3896"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="5927"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="5074"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="8970"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-853"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="8472"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="4696"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="3776"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="5475"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="10171"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="9059"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="5910"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="3149"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="7828"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="13738"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="4679"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Tralee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="6625"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Tralee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="5067"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Tralee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Tralee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="7450"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Tralee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="12517"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Tralee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="5892"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="6765"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="3472"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="3293"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="4396"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="7868"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Droichead Nua"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="7863"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Droichead Nua"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Droichead Nua"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="5367"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Droichead Nua"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="4030"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Droichead Nua"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="6526"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Droichead Nua"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-1337"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="8516"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="2884"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="5632"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="8115"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="10999"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Athlone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="6609"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Athlone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="4930"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Athlone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Athlone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="8178"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Athlone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="13108"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Athlone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="6499"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Portlaoise"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="6391"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Portlaoise"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="3182"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Portlaoise"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="3209"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Portlaoise"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="5228"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Portlaoise"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="8410"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Portlaoise"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Mullingar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="6392"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Mullingar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="3584"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Mullingar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2808"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Mullingar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="5049"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Mullingar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="8633"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Mullingar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="2241"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="6386"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="4691"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="7270"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="11961"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="5575"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Balbriggan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="6733"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Balbriggan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Balbriggan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="5335"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Balbriggan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="2038"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Balbriggan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="3436"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Balbriggan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-3297"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Letterkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="6422"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Letterkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="4718"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Letterkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Letterkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="6677"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Letterkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="11395"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Letterkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="4973"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Celbridge"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="7937"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Celbridge"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Celbridge"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="6855"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Celbridge"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Celbridge"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Celbridge"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-5598"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="5664"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="4392"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="8632"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="13024"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="7360"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="Clonmel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="5553"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="Clonmel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="3020"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="Clonmel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2533"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="Clonmel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="4016"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="Clonmel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="7036"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="Clonmel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Greystones"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="6661"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Greystones"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Greystones"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="5377"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Greystones"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Greystones"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Greystones"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-4147"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="Malahide"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="6289"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="Malahide"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="Malahide"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="5355"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="Malahide"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="Malahide"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="Malahide"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-4030"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="Leixlip"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="6049"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="Leixlip"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="Leixlip"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="5066"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="Leixlip"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="4842"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="Leixlip"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="5825"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="Leixlip"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-224"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Carrigaline"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="5997"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Carrigaline"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Carrigaline"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="5068"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Carrigaline"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Carrigaline"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Carrigaline"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-4148"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="4312"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="2656"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="5603"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="8259"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="3947"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Killarney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="4377"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Killarney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="2793"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Killarney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Killarney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="4316"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Killarney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="7109"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Killarney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="2732"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Arklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="3849"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Arklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Arklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2202"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Arklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Arklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="3040"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Arklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-809"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="5430"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="4229"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="4000"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="5201"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-229"/>
+  </r>
+  <r>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="4308"/>
+  </r>
+  <r>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="3330"/>
+  </r>
+  <r>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-2876"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Castlebar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="3940"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Castlebar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Castlebar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Castlebar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="6417"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Castlebar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="9045"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Castlebar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="5105"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Midleton"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="4286"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Midleton"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Midleton"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2962"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Midleton"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Midleton"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="3871"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Midleton"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-415"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="3864"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="3775"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-89"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Ashbourne"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="4960"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Ashbourne"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Ashbourne"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="4166"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Ashbourne"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Ashbourne"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1963"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Ashbourne"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-2997"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Ballina"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2967"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Ballina"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Ballina"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Ballina"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Ballina"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="4810"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Ballina"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="1843"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="3815"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="3370"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-3044"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Enniscorthy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Enniscorthy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Enniscorthy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Enniscorthy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="2690"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Enniscorthy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="4140"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Enniscorthy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="3624"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="2637"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-987"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="3320"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2348"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-1692"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="3193"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="3804"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="5432"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="2239"/>
+  </r>
+  <r>
+    <s v="104800"/>
+    <s v="Athy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2436"/>
+  </r>
+  <r>
+    <s v="104800"/>
+    <s v="Athy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="104800"/>
+    <s v="Athy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="104800"/>
+    <s v="Athy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="104800"/>
+    <s v="Athy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="2147"/>
+  </r>
+  <r>
+    <s v="104800"/>
+    <s v="Athy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-289"/>
+  </r>
+  <r>
+    <s v="104900"/>
+    <s v="Shannon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="3570"/>
+  </r>
+  <r>
+    <s v="104900"/>
+    <s v="Shannon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="104900"/>
+    <s v="Shannon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2219"/>
+  </r>
+  <r>
+    <s v="104900"/>
+    <s v="Shannon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="3133"/>
+  </r>
+  <r>
+    <s v="104900"/>
+    <s v="Shannon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="4484"/>
+  </r>
+  <r>
+    <s v="104900"/>
+    <s v="Shannon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="105000"/>
+    <s v="Skerries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="3580"/>
+  </r>
+  <r>
+    <s v="105000"/>
+    <s v="Skerries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="105000"/>
+    <s v="Skerries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2890"/>
+  </r>
+  <r>
+    <s v="105000"/>
+    <s v="Skerries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="105000"/>
+    <s v="Skerries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="105000"/>
+    <s v="Skerries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-2147"/>
+  </r>
+  <r>
+    <s v="105100"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2434"/>
+  </r>
+  <r>
+    <s v="105100"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="105100"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="105100"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="3652"/>
+  </r>
+  <r>
+    <s v="105100"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="5050"/>
+  </r>
+  <r>
+    <s v="105100"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="2616"/>
+  </r>
+  <r>
+    <s v="105200"/>
+    <s v="Dungarvan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2701"/>
+  </r>
+  <r>
+    <s v="105200"/>
+    <s v="Dungarvan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="105200"/>
+    <s v="Dungarvan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="105200"/>
+    <s v="Dungarvan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="105200"/>
+    <s v="Dungarvan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="3267"/>
+  </r>
+  <r>
+    <s v="105200"/>
+    <s v="Dungarvan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="105300"/>
+    <s v="Portmarnock"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="3482"/>
+  </r>
+  <r>
+    <s v="105300"/>
+    <s v="Portmarnock"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="105300"/>
+    <s v="Portmarnock"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="3089"/>
+  </r>
+  <r>
+    <s v="105300"/>
+    <s v="Portmarnock"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="105300"/>
+    <s v="Portmarnock"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="105300"/>
+    <s v="Portmarnock"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-2536"/>
+  </r>
+  <r>
+    <s v="105400"/>
+    <s v="Rush"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="3560"/>
+  </r>
+  <r>
+    <s v="105400"/>
+    <s v="Rush"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="105400"/>
+    <s v="Rush"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2917"/>
+  </r>
+  <r>
+    <s v="105400"/>
+    <s v="Rush"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="105400"/>
+    <s v="Rush"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="105400"/>
+    <s v="Rush"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-2497"/>
+  </r>
+  <r>
+    <s v="105500"/>
+    <s v="Gorey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2999"/>
+  </r>
+  <r>
+    <s v="105500"/>
+    <s v="Gorey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="105500"/>
+    <s v="Gorey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="105500"/>
+    <s v="Gorey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="2156"/>
+  </r>
+  <r>
+    <s v="105500"/>
+    <s v="Gorey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="3529"/>
+  </r>
+  <r>
+    <s v="105500"/>
+    <s v="Gorey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="105600"/>
+    <s v="Ratoath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="3585"/>
+  </r>
+  <r>
+    <s v="105600"/>
+    <s v="Ratoath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="105600"/>
+    <s v="Ratoath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="3193"/>
+  </r>
+  <r>
+    <s v="105600"/>
+    <s v="Ratoath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="105600"/>
+    <s v="Ratoath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="105600"/>
+    <s v="Ratoath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-2663"/>
+  </r>
+  <r>
+    <s v="105700"/>
+    <s v="Nenagh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2715"/>
+  </r>
+  <r>
+    <s v="105700"/>
+    <s v="Nenagh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="105700"/>
+    <s v="Nenagh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="105700"/>
+    <s v="Nenagh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="2861"/>
+  </r>
+  <r>
+    <s v="105700"/>
+    <s v="Nenagh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="4357"/>
+  </r>
+  <r>
+    <s v="105700"/>
+    <s v="Nenagh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="105800"/>
+    <s v="Trim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="3033"/>
+  </r>
+  <r>
+    <s v="105800"/>
+    <s v="Trim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="105800"/>
+    <s v="Trim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="105800"/>
+    <s v="Trim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="105800"/>
+    <s v="Trim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="2501"/>
+  </r>
+  <r>
+    <s v="105800"/>
+    <s v="Trim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-532"/>
+  </r>
+  <r>
+    <s v="105900"/>
+    <s v="Tuam"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="105900"/>
+    <s v="Tuam"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="105900"/>
+    <s v="Tuam"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="105900"/>
+    <s v="Tuam"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="2467"/>
+  </r>
+  <r>
+    <s v="105900"/>
+    <s v="Tuam"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="3700"/>
+  </r>
+  <r>
+    <s v="105900"/>
+    <s v="Tuam"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="106000"/>
+    <s v="New Ross"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="106000"/>
+    <s v="New Ross"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="106000"/>
+    <s v="New Ross"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="106000"/>
+    <s v="New Ross"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="106000"/>
+    <s v="New Ross"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="3125"/>
+  </r>
+  <r>
+    <s v="106000"/>
+    <s v="New Ross"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2807"/>
+  </r>
+  <r>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="2166"/>
+  </r>
+  <r>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-641"/>
+  </r>
+  <r>
+    <s v="106200"/>
+    <s v="Thurles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2254"/>
+  </r>
+  <r>
+    <s v="106200"/>
+    <s v="Thurles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="106200"/>
+    <s v="Thurles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="106200"/>
+    <s v="Thurles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="106200"/>
+    <s v="Thurles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="3396"/>
+  </r>
+  <r>
+    <s v="106200"/>
+    <s v="Thurles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2336"/>
+  </r>
+  <r>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-568"/>
+  </r>
+  <r>
+    <s v="106400"/>
+    <s v="Portarlington"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2462"/>
+  </r>
+  <r>
+    <s v="106400"/>
+    <s v="Portarlington"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="106400"/>
+    <s v="Portarlington"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1884"/>
+  </r>
+  <r>
+    <s v="106400"/>
+    <s v="Portarlington"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="106400"/>
+    <s v="Portarlington"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="106400"/>
+    <s v="Portarlington"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-1113"/>
+  </r>
+  <r>
+    <s v="106500"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2620"/>
+  </r>
+  <r>
+    <s v="106500"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="106500"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="106500"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="2553"/>
+  </r>
+  <r>
+    <s v="106500"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="3715"/>
+  </r>
+  <r>
+    <s v="106500"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="106600"/>
+    <s v="Lusk"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2935"/>
+  </r>
+  <r>
+    <s v="106600"/>
+    <s v="Lusk"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="106600"/>
+    <s v="Lusk"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="106600"/>
+    <s v="Lusk"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="106600"/>
+    <s v="Lusk"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="106600"/>
+    <s v="Lusk"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-2365"/>
+  </r>
+  <r>
+    <s v="106700"/>
+    <s v="Edenderry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="106700"/>
+    <s v="Edenderry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="106700"/>
+    <s v="Edenderry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="106700"/>
+    <s v="Edenderry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="106700"/>
+    <s v="Edenderry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="106700"/>
+    <s v="Edenderry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-419"/>
+  </r>
+  <r>
+    <s v="106800"/>
+    <s v="Dunboyne"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2737"/>
+  </r>
+  <r>
+    <s v="106800"/>
+    <s v="Dunboyne"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="106800"/>
+    <s v="Dunboyne"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2356"/>
+  </r>
+  <r>
+    <s v="106800"/>
+    <s v="Dunboyne"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="106800"/>
+    <s v="Dunboyne"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="106800"/>
+    <s v="Dunboyne"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-1526"/>
+  </r>
+  <r>
+    <s v="106900"/>
+    <s v="Buncrana"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="106900"/>
+    <s v="Buncrana"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="106900"/>
+    <s v="Buncrana"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="106900"/>
+    <s v="Buncrana"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="106900"/>
+    <s v="Buncrana"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="106900"/>
+    <s v="Buncrana"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="107000"/>
+    <s v="Donabate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2895"/>
+  </r>
+  <r>
+    <s v="107000"/>
+    <s v="Donabate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="107000"/>
+    <s v="Donabate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2585"/>
+  </r>
+  <r>
+    <s v="107000"/>
+    <s v="Donabate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="107000"/>
+    <s v="Donabate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="107000"/>
+    <s v="Donabate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-2163"/>
+  </r>
+  <r>
+    <s v="107100"/>
+    <s v="Clane"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2768"/>
+  </r>
+  <r>
+    <s v="107100"/>
+    <s v="Clane"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="107100"/>
+    <s v="Clane"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2377"/>
+  </r>
+  <r>
+    <s v="107100"/>
+    <s v="Clane"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="107100"/>
+    <s v="Clane"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="107100"/>
+    <s v="Clane"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-1504"/>
+  </r>
+  <r>
+    <s v="107200"/>
+    <s v="Ballinasloe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="107200"/>
+    <s v="Ballinasloe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="107200"/>
+    <s v="Ballinasloe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="107200"/>
+    <s v="Ballinasloe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="2065"/>
+  </r>
+  <r>
+    <s v="107200"/>
+    <s v="Ballinasloe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="3045"/>
+  </r>
+  <r>
+    <s v="107200"/>
+    <s v="Ballinasloe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="107300"/>
+    <s v="Bandon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2354"/>
+  </r>
+  <r>
+    <s v="107300"/>
+    <s v="Bandon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="107300"/>
+    <s v="Bandon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="107300"/>
+    <s v="Bandon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="107300"/>
+    <s v="Bandon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="2334"/>
+  </r>
+  <r>
+    <s v="107300"/>
+    <s v="Bandon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-20"/>
+  </r>
+  <r>
+    <s v="107400"/>
+    <s v="Fermoy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="107400"/>
+    <s v="Fermoy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="107400"/>
+    <s v="Fermoy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="107400"/>
+    <s v="Fermoy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="107400"/>
+    <s v="Fermoy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="107400"/>
+    <s v="Fermoy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="107500"/>
+    <s v="Newcastle West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="107500"/>
+    <s v="Newcastle West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="107500"/>
+    <s v="Newcastle West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="107500"/>
+    <s v="Newcastle West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1663"/>
+  </r>
+  <r>
+    <s v="107500"/>
+    <s v="Newcastle West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="2413"/>
+  </r>
+  <r>
+    <s v="107500"/>
+    <s v="Newcastle West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="107600"/>
+    <s v="Westport"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="107600"/>
+    <s v="Westport"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="107600"/>
+    <s v="Westport"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="107600"/>
+    <s v="Westport"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="2688"/>
+  </r>
+  <r>
+    <s v="107600"/>
+    <s v="Westport"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="4142"/>
+  </r>
+  <r>
+    <s v="107600"/>
+    <s v="Westport"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="2013"/>
+  </r>
+  <r>
+    <s v="107700"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="107700"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="107700"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="107700"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="107700"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="107700"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-210"/>
+  </r>
+  <r>
+    <s v="107800"/>
+    <s v="Kells (Ceanannas)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="107800"/>
+    <s v="Kells (Ceanannas)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="107800"/>
+    <s v="Kells (Ceanannas)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="107800"/>
+    <s v="Kells (Ceanannas)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="107800"/>
+    <s v="Kells (Ceanannas)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1543"/>
+  </r>
+  <r>
+    <s v="107800"/>
+    <s v="Kells (Ceanannas)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-319"/>
+  </r>
+  <r>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="108000"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2965"/>
+  </r>
+  <r>
+    <s v="108000"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="108000"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2816"/>
+  </r>
+  <r>
+    <s v="108000"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="108000"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="108000"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-2313"/>
+  </r>
+  <r>
+    <s v="108100"/>
+    <s v="Passage West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2167"/>
+  </r>
+  <r>
+    <s v="108100"/>
+    <s v="Passage West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="108100"/>
+    <s v="Passage West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="108100"/>
+    <s v="Passage West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="108100"/>
+    <s v="Passage West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="108100"/>
+    <s v="Passage West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-1721"/>
+  </r>
+  <r>
+    <s v="108200"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="108200"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="108200"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="108200"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="108200"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="3917"/>
+  </r>
+  <r>
+    <s v="108200"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="2099"/>
+  </r>
+  <r>
+    <s v="108300"/>
+    <s v="Kilcock"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2425"/>
+  </r>
+  <r>
+    <s v="108300"/>
+    <s v="Kilcock"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="108300"/>
+    <s v="Kilcock"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="108300"/>
+    <s v="Kilcock"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="108300"/>
+    <s v="Kilcock"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="108300"/>
+    <s v="Kilcock"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-1577"/>
+  </r>
+  <r>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="108500"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="108500"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="108500"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="108500"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="108500"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="108500"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="108600"/>
+    <s v="Sallins"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2377"/>
+  </r>
+  <r>
+    <s v="108600"/>
+    <s v="Sallins"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="108600"/>
+    <s v="Sallins"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="108600"/>
+    <s v="Sallins"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="108600"/>
+    <s v="Sallins"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="108600"/>
+    <s v="Sallins"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-1959"/>
+  </r>
+  <r>
+    <s v="108700"/>
+    <s v="Loughrea"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1816"/>
+  </r>
+  <r>
+    <s v="108700"/>
+    <s v="Loughrea"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="108700"/>
+    <s v="Loughrea"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="108700"/>
+    <s v="Loughrea"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="108700"/>
+    <s v="Loughrea"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="108700"/>
+    <s v="Loughrea"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="108800"/>
+    <s v="Blessington"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2029"/>
+  </r>
+  <r>
+    <s v="108800"/>
+    <s v="Blessington"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="108800"/>
+    <s v="Blessington"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="108800"/>
+    <s v="Blessington"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="108800"/>
+    <s v="Blessington"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="108800"/>
+    <s v="Blessington"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-904"/>
+  </r>
+  <r>
+    <s v="109000"/>
+    <s v="Ardee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="109000"/>
+    <s v="Ardee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="109000"/>
+    <s v="Ardee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="109000"/>
+    <s v="Ardee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="109000"/>
+    <s v="Ardee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="109000"/>
+    <s v="Ardee"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="109100"/>
+    <s v="Carrickmacross"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="109100"/>
+    <s v="Carrickmacross"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="109100"/>
+    <s v="Carrickmacross"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="109100"/>
+    <s v="Carrickmacross"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="109100"/>
+    <s v="Carrickmacross"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="109100"/>
+    <s v="Carrickmacross"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1713"/>
+  </r>
+  <r>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1737"/>
+  </r>
+  <r>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="109300"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="109300"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="109300"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="109300"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="109300"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="109300"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="109400"/>
+    <s v="Listowel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="109400"/>
+    <s v="Listowel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="109400"/>
+    <s v="Listowel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="109400"/>
+    <s v="Listowel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="109400"/>
+    <s v="Listowel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="2029"/>
+  </r>
+  <r>
+    <s v="109400"/>
+    <s v="Listowel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="109500"/>
+    <s v="Oranmore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="109500"/>
+    <s v="Oranmore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="109500"/>
+    <s v="Oranmore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="2007"/>
+  </r>
+  <r>
+    <s v="109500"/>
+    <s v="Oranmore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="109500"/>
+    <s v="Oranmore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="109500"/>
+    <s v="Oranmore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-1158"/>
+  </r>
+  <r>
+    <s v="109600"/>
+    <s v="Mountmellick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="109600"/>
+    <s v="Mountmellick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="109600"/>
+    <s v="Mountmellick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="109600"/>
+    <s v="Mountmellick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="109600"/>
+    <s v="Mountmellick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="109600"/>
+    <s v="Mountmellick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-303"/>
+  </r>
+  <r>
+    <s v="109700"/>
+    <s v="Clonakilty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="109700"/>
+    <s v="Clonakilty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="109700"/>
+    <s v="Clonakilty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="109700"/>
+    <s v="Clonakilty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="109700"/>
+    <s v="Clonakilty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="2376"/>
+  </r>
+  <r>
+    <s v="109700"/>
+    <s v="Clonakilty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="109800"/>
+    <s v="Carrigtwohill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1992"/>
+  </r>
+  <r>
+    <s v="109800"/>
+    <s v="Carrigtwohill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="109800"/>
+    <s v="Carrigtwohill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="109800"/>
+    <s v="Carrigtwohill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="109800"/>
+    <s v="Carrigtwohill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="109800"/>
+    <s v="Carrigtwohill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-1061"/>
+  </r>
+  <r>
+    <s v="109900"/>
+    <s v="Cashel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="109900"/>
+    <s v="Cashel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="109900"/>
+    <s v="Cashel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="109900"/>
+    <s v="Cashel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="109900"/>
+    <s v="Cashel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="109900"/>
+    <s v="Cashel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="110000"/>
+    <s v="Kilcoole"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="110000"/>
+    <s v="Kilcoole"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="110000"/>
+    <s v="Kilcoole"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="110000"/>
+    <s v="Kilcoole"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="110000"/>
+    <s v="Kilcoole"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="110000"/>
+    <s v="Kilcoole"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-613"/>
+  </r>
+  <r>
+    <s v="110100"/>
+    <s v="Duleek"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="110100"/>
+    <s v="Duleek"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="110100"/>
+    <s v="Duleek"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="110100"/>
+    <s v="Duleek"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="110100"/>
+    <s v="Duleek"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="110100"/>
+    <s v="Duleek"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-757"/>
+  </r>
+  <r>
+    <s v="110200"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="110200"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="110200"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="110200"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="2051"/>
+  </r>
+  <r>
+    <s v="110200"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="2868"/>
+  </r>
+  <r>
+    <s v="110200"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="110300"/>
+    <s v="Tullow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="110300"/>
+    <s v="Tullow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="110300"/>
+    <s v="Tullow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="110300"/>
+    <s v="Tullow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="110300"/>
+    <s v="Tullow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="110300"/>
+    <s v="Tullow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-168"/>
+  </r>
+  <r>
+    <s v="110400"/>
+    <s v="Athenry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="110400"/>
+    <s v="Athenry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="110400"/>
+    <s v="Athenry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="110400"/>
+    <s v="Athenry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="110400"/>
+    <s v="Athenry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="110400"/>
+    <s v="Athenry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-161"/>
+  </r>
+  <r>
+    <s v="110500"/>
+    <s v="Dunshaughlin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="110500"/>
+    <s v="Dunshaughlin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="110500"/>
+    <s v="Dunshaughlin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="110500"/>
+    <s v="Dunshaughlin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="110500"/>
+    <s v="Dunshaughlin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="110500"/>
+    <s v="Dunshaughlin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-538"/>
+  </r>
+  <r>
+    <s v="110600"/>
+    <s v="Macroom"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="110600"/>
+    <s v="Macroom"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="110600"/>
+    <s v="Macroom"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="110600"/>
+    <s v="Macroom"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="110600"/>
+    <s v="Macroom"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="110600"/>
+    <s v="Macroom"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="110700"/>
+    <s v="Monasterevin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="110700"/>
+    <s v="Monasterevin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="110700"/>
+    <s v="Monasterevin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="110700"/>
+    <s v="Monasterevin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="110700"/>
+    <s v="Monasterevin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="110700"/>
+    <s v="Monasterevin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-286"/>
+  </r>
+  <r>
+    <s v="110800"/>
+    <s v="Mitchelstown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="110800"/>
+    <s v="Mitchelstown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="110800"/>
+    <s v="Mitchelstown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="110800"/>
+    <s v="Mitchelstown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="110800"/>
+    <s v="Mitchelstown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="110800"/>
+    <s v="Mitchelstown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="110900"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="110900"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="110900"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="110900"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="110900"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="2249"/>
+  </r>
+  <r>
+    <s v="110900"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="111000"/>
+    <s v="Castleblayney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="111000"/>
+    <s v="Castleblayney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="111000"/>
+    <s v="Castleblayney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="111000"/>
+    <s v="Castleblayney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="111000"/>
+    <s v="Castleblayney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="111000"/>
+    <s v="Castleblayney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="111100"/>
+    <s v="Cahir"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="111100"/>
+    <s v="Cahir"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="111100"/>
+    <s v="Cahir"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="111100"/>
+    <s v="Cahir"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="111100"/>
+    <s v="Cahir"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="111100"/>
+    <s v="Cahir"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="111200"/>
+    <s v="Kilcullen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="111200"/>
+    <s v="Kilcullen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="111200"/>
+    <s v="Kilcullen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="111200"/>
+    <s v="Kilcullen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="111200"/>
+    <s v="Kilcullen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="111200"/>
+    <s v="Kilcullen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-394"/>
+  </r>
+  <r>
+    <s v="111300"/>
+    <s v="Rathcoole"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="111300"/>
+    <s v="Rathcoole"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="111300"/>
+    <s v="Rathcoole"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="111300"/>
+    <s v="Rathcoole"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="111300"/>
+    <s v="Rathcoole"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="111300"/>
+    <s v="Rathcoole"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-825"/>
+  </r>
+  <r>
+    <s v="111400"/>
+    <s v="Claremorris"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="111400"/>
+    <s v="Claremorris"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="111400"/>
+    <s v="Claremorris"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="111400"/>
+    <s v="Claremorris"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="111400"/>
+    <s v="Claremorris"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="111400"/>
+    <s v="Claremorris"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="111500"/>
+    <s v="Bantry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="111500"/>
+    <s v="Bantry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="111500"/>
+    <s v="Bantry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="111500"/>
+    <s v="Bantry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="111500"/>
+    <s v="Bantry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="111500"/>
+    <s v="Bantry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="111600"/>
+    <s v="Tower"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="111600"/>
+    <s v="Tower"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="111600"/>
+    <s v="Tower"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="111600"/>
+    <s v="Tower"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="111600"/>
+    <s v="Tower"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="111600"/>
+    <s v="Tower"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-904"/>
+  </r>
+  <r>
+    <s v="111700"/>
+    <s v="Clara"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="111700"/>
+    <s v="Clara"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="111700"/>
+    <s v="Clara"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="111700"/>
+    <s v="Clara"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="111700"/>
+    <s v="Clara"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="111700"/>
+    <s v="Clara"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-389"/>
+  </r>
+  <r>
+    <s v="111800"/>
+    <s v="Stamullen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="111800"/>
+    <s v="Stamullen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="111800"/>
+    <s v="Stamullen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="111800"/>
+    <s v="Stamullen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="111800"/>
+    <s v="Stamullen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="111800"/>
+    <s v="Stamullen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-838"/>
+  </r>
+  <r>
+    <s v="111900"/>
+    <s v="Kill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="111900"/>
+    <s v="Kill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="111900"/>
+    <s v="Kill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="111900"/>
+    <s v="Kill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="111900"/>
+    <s v="Kill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="111900"/>
+    <s v="Kill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-1019"/>
+  </r>
+  <r>
+    <s v="112100"/>
+    <s v="Rathnew"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="112100"/>
+    <s v="Rathnew"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="112100"/>
+    <s v="Rathnew"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="112100"/>
+    <s v="Rathnew"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="112100"/>
+    <s v="Rathnew"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="112100"/>
+    <s v="Rathnew"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-402"/>
+  </r>
+  <r>
+    <s v="112200"/>
+    <s v="Muinebeag"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="112200"/>
+    <s v="Muinebeag"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="112200"/>
+    <s v="Muinebeag"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="112200"/>
+    <s v="Muinebeag"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="112200"/>
+    <s v="Muinebeag"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="112200"/>
+    <s v="Muinebeag"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="112300"/>
+    <s v="Enfield"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="112300"/>
+    <s v="Enfield"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="112300"/>
+    <s v="Enfield"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="112300"/>
+    <s v="Enfield"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="112300"/>
+    <s v="Enfield"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="112300"/>
+    <s v="Enfield"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-707"/>
+  </r>
+  <r>
+    <s v="112400"/>
+    <s v="Courtown Harbour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="112400"/>
+    <s v="Courtown Harbour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="112400"/>
+    <s v="Courtown Harbour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="112400"/>
+    <s v="Courtown Harbour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="112400"/>
+    <s v="Courtown Harbour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="112400"/>
+    <s v="Courtown Harbour"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-556"/>
+  </r>
+  <r>
+    <s v="112500"/>
+    <s v="Annacotty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="112500"/>
+    <s v="Annacotty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="112500"/>
+    <s v="Annacotty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="112500"/>
+    <s v="Annacotty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="112500"/>
+    <s v="Annacotty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="112500"/>
+    <s v="Annacotty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-357"/>
+  </r>
+  <r>
+    <s v="112600"/>
+    <s v="Moate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="112600"/>
+    <s v="Moate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="112600"/>
+    <s v="Moate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="112600"/>
+    <s v="Moate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="112600"/>
+    <s v="Moate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="112600"/>
+    <s v="Moate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-358"/>
+  </r>
+  <r>
+    <s v="112700"/>
+    <s v="Ballinrobe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="112700"/>
+    <s v="Ballinrobe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="112700"/>
+    <s v="Ballinrobe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="112700"/>
+    <s v="Ballinrobe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="112700"/>
+    <s v="Ballinrobe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="112700"/>
+    <s v="Ballinrobe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="112800"/>
+    <s v="Kilrush"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="112800"/>
+    <s v="Kilrush"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="112800"/>
+    <s v="Kilrush"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="112800"/>
+    <s v="Kilrush"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="112800"/>
+    <s v="Kilrush"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="112800"/>
+    <s v="Kilrush"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="112900"/>
+    <s v="Skibbereen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="112900"/>
+    <s v="Skibbereen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="112900"/>
+    <s v="Skibbereen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="112900"/>
+    <s v="Skibbereen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="112900"/>
+    <s v="Skibbereen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="112900"/>
+    <s v="Skibbereen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="113000"/>
+    <s v="Kinnegad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="113000"/>
+    <s v="Kinnegad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="113000"/>
+    <s v="Kinnegad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="113000"/>
+    <s v="Kinnegad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="113000"/>
+    <s v="Kinnegad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="113000"/>
+    <s v="Kinnegad"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-415"/>
+  </r>
+  <r>
+    <s v="113100"/>
+    <s v="Newcastle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="113100"/>
+    <s v="Newcastle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="113100"/>
+    <s v="Newcastle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="113100"/>
+    <s v="Newcastle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="113100"/>
+    <s v="Newcastle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="113100"/>
+    <s v="Newcastle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-852"/>
+  </r>
+  <r>
+    <s v="113200"/>
+    <s v="Gort"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="113200"/>
+    <s v="Gort"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="113200"/>
+    <s v="Gort"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="113200"/>
+    <s v="Gort"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="113200"/>
+    <s v="Gort"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="113200"/>
+    <s v="Gort"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="113300"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="113300"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="113300"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="113300"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="113300"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="113300"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="113400"/>
+    <s v="Boyle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="113400"/>
+    <s v="Boyle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="113400"/>
+    <s v="Boyle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="113400"/>
+    <s v="Boyle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="113400"/>
+    <s v="Boyle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="113400"/>
+    <s v="Boyle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="113500"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="113500"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="113500"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="113500"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="113500"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="113500"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-321"/>
+  </r>
+  <r>
+    <s v="113600"/>
+    <s v="Carndonagh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="113600"/>
+    <s v="Carndonagh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="113600"/>
+    <s v="Carndonagh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="113600"/>
+    <s v="Carndonagh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="113600"/>
+    <s v="Carndonagh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="113600"/>
+    <s v="Carndonagh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="113700"/>
+    <s v="Bailieborough"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="113700"/>
+    <s v="Bailieborough"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="113700"/>
+    <s v="Bailieborough"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="113700"/>
+    <s v="Bailieborough"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="113700"/>
+    <s v="Bailieborough"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="113700"/>
+    <s v="Bailieborough"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="113800"/>
+    <s v="Castleisland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="113800"/>
+    <s v="Castleisland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="113800"/>
+    <s v="Castleisland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="113800"/>
+    <s v="Castleisland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="113800"/>
+    <s v="Castleisland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="113800"/>
+    <s v="Castleisland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="113900"/>
+    <s v="Sixmilebridge"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="113900"/>
+    <s v="Sixmilebridge"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="113900"/>
+    <s v="Sixmilebridge"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="113900"/>
+    <s v="Sixmilebridge"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="113900"/>
+    <s v="Sixmilebridge"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="113900"/>
+    <s v="Sixmilebridge"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-748"/>
+  </r>
+  <r>
+    <s v="114000"/>
+    <s v="Ballyshannon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="114000"/>
+    <s v="Ballyshannon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="114000"/>
+    <s v="Ballyshannon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="114000"/>
+    <s v="Ballyshannon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="114000"/>
+    <s v="Ballyshannon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="114000"/>
+    <s v="Ballyshannon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="114100"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="114100"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="114100"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="114100"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="114100"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="114100"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-633"/>
+  </r>
+  <r>
+    <s v="114200"/>
+    <s v="Blarney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="114200"/>
+    <s v="Blarney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="114200"/>
+    <s v="Blarney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="114200"/>
+    <s v="Blarney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="114200"/>
+    <s v="Blarney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="114200"/>
+    <s v="Blarney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-204"/>
+  </r>
+  <r>
+    <s v="114300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="114300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="114300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="114300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="114300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="114300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-24"/>
+  </r>
+  <r>
+    <s v="114400"/>
+    <s v="Athboy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="114400"/>
+    <s v="Athboy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="114400"/>
+    <s v="Athboy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="114400"/>
+    <s v="Athboy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="114400"/>
+    <s v="Athboy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="114400"/>
+    <s v="Athboy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-275"/>
+  </r>
+  <r>
+    <s v="114500"/>
+    <s v="Rathangan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="114500"/>
+    <s v="Rathangan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="114500"/>
+    <s v="Rathangan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="114500"/>
+    <s v="Rathangan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="114500"/>
+    <s v="Rathangan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="114500"/>
+    <s v="Rathangan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-422"/>
+  </r>
+  <r>
+    <s v="114600"/>
+    <s v="Callan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="114600"/>
+    <s v="Callan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="114600"/>
+    <s v="Callan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="114600"/>
+    <s v="Callan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="114600"/>
+    <s v="Callan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="114600"/>
+    <s v="Callan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="114700"/>
+    <s v="Kingscourt"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="114700"/>
+    <s v="Kingscourt"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="114700"/>
+    <s v="Kingscourt"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="114700"/>
+    <s v="Kingscourt"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="114700"/>
+    <s v="Kingscourt"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="114700"/>
+    <s v="Kingscourt"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-207"/>
+  </r>
+  <r>
+    <s v="114800"/>
+    <s v="Ballyhaunis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="114800"/>
+    <s v="Ballyhaunis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="114800"/>
+    <s v="Ballyhaunis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="114800"/>
+    <s v="Ballyhaunis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="114800"/>
+    <s v="Ballyhaunis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="114800"/>
+    <s v="Ballyhaunis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="114900"/>
+    <s v="Virginia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="114900"/>
+    <s v="Virginia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="114900"/>
+    <s v="Virginia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="114900"/>
+    <s v="Virginia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="114900"/>
+    <s v="Virginia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="114900"/>
+    <s v="Virginia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-181"/>
+  </r>
+  <r>
+    <s v="115000"/>
+    <s v="Thomastown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="115000"/>
+    <s v="Thomastown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="115000"/>
+    <s v="Thomastown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="115000"/>
+    <s v="Thomastown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="115000"/>
+    <s v="Thomastown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="115000"/>
+    <s v="Thomastown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-158"/>
+  </r>
+  <r>
+    <s v="115100"/>
+    <s v="Kanturk"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="115100"/>
+    <s v="Kanturk"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="115100"/>
+    <s v="Kanturk"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="115100"/>
+    <s v="Kanturk"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="115100"/>
+    <s v="Kanturk"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="115100"/>
+    <s v="Kanturk"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="115200"/>
+    <s v="Prosperous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="115200"/>
+    <s v="Prosperous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="115200"/>
+    <s v="Prosperous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="115200"/>
+    <s v="Prosperous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="115200"/>
+    <s v="Prosperous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="115200"/>
+    <s v="Prosperous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-409"/>
+  </r>
+  <r>
+    <s v="115300"/>
+    <s v="Kenmare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="115300"/>
+    <s v="Kenmare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="115300"/>
+    <s v="Kenmare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="115300"/>
+    <s v="Kenmare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="115300"/>
+    <s v="Kenmare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="115300"/>
+    <s v="Kenmare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="115400"/>
+    <s v="Saggart"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="115400"/>
+    <s v="Saggart"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="115400"/>
+    <s v="Saggart"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="115400"/>
+    <s v="Saggart"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="115400"/>
+    <s v="Saggart"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="115400"/>
+    <s v="Saggart"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-992"/>
+  </r>
+  <r>
+    <s v="115500"/>
+    <s v="Bundoran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="115500"/>
+    <s v="Bundoran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="115500"/>
+    <s v="Bundoran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="115500"/>
+    <s v="Bundoran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="115500"/>
+    <s v="Bundoran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="115500"/>
+    <s v="Bundoran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="115600"/>
+    <s v="Cootehill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="115600"/>
+    <s v="Cootehill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="115600"/>
+    <s v="Cootehill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="115600"/>
+    <s v="Cootehill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="115600"/>
+    <s v="Cootehill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="115600"/>
+    <s v="Cootehill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="115700"/>
+    <s v="Crosshaven"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="115700"/>
+    <s v="Crosshaven"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="115700"/>
+    <s v="Crosshaven"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="115700"/>
+    <s v="Crosshaven"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="115700"/>
+    <s v="Crosshaven"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="115700"/>
+    <s v="Crosshaven"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-544"/>
+  </r>
+  <r>
+    <s v="115800"/>
+    <s v="Killorglin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="115800"/>
+    <s v="Killorglin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="115800"/>
+    <s v="Killorglin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="115800"/>
+    <s v="Killorglin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1641"/>
+  </r>
+  <r>
+    <s v="115800"/>
+    <s v="Killorglin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="2038"/>
+  </r>
+  <r>
+    <s v="115800"/>
+    <s v="Killorglin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="115900"/>
+    <s v="Templemore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="115900"/>
+    <s v="Templemore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="115900"/>
+    <s v="Templemore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="115900"/>
+    <s v="Templemore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="115900"/>
+    <s v="Templemore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="115900"/>
+    <s v="Templemore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="116000"/>
+    <s v="Baltinglass"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="116000"/>
+    <s v="Baltinglass"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="116000"/>
+    <s v="Baltinglass"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="116000"/>
+    <s v="Baltinglass"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="116000"/>
+    <s v="Baltinglass"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="116000"/>
+    <s v="Baltinglass"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="116100"/>
+    <s v="Clifden"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="116100"/>
+    <s v="Clifden"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="116100"/>
+    <s v="Clifden"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="116100"/>
+    <s v="Clifden"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="116100"/>
+    <s v="Clifden"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="116100"/>
+    <s v="Clifden"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="116200"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="116200"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="116200"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="116200"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="116200"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="116200"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="116300"/>
+    <s v="Abbeyfeale"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="116300"/>
+    <s v="Abbeyfeale"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="116300"/>
+    <s v="Abbeyfeale"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="116300"/>
+    <s v="Abbeyfeale"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="116300"/>
+    <s v="Abbeyfeale"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="116300"/>
+    <s v="Abbeyfeale"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="116400"/>
+    <s v="Clogherhead"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="116400"/>
+    <s v="Clogherhead"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="116400"/>
+    <s v="Clogherhead"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="116400"/>
+    <s v="Clogherhead"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="116400"/>
+    <s v="Clogherhead"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="116400"/>
+    <s v="Clogherhead"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-518"/>
+  </r>
+  <r>
+    <s v="116500"/>
+    <s v="Castlerea"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="116500"/>
+    <s v="Castlerea"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="116500"/>
+    <s v="Castlerea"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="116500"/>
+    <s v="Castlerea"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="116500"/>
+    <s v="Castlerea"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="116500"/>
+    <s v="Castlerea"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="116600"/>
+    <s v="An Daingean"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="116600"/>
+    <s v="An Daingean"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="116600"/>
+    <s v="An Daingean"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="116600"/>
+    <s v="An Daingean"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="116600"/>
+    <s v="An Daingean"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="116600"/>
+    <s v="An Daingean"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="116700"/>
+    <s v="Castleconnell"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="116700"/>
+    <s v="Castleconnell"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="116700"/>
+    <s v="Castleconnell"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="116700"/>
+    <s v="Castleconnell"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="116700"/>
+    <s v="Castleconnell"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="116700"/>
+    <s v="Castleconnell"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-458"/>
+  </r>
+  <r>
+    <s v="116800"/>
+    <s v="Bearna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="116800"/>
+    <s v="Bearna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="116800"/>
+    <s v="Bearna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="116800"/>
+    <s v="Bearna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="116800"/>
+    <s v="Bearna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="116800"/>
+    <s v="Bearna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-368"/>
+  </r>
+  <r>
+    <s v="116900"/>
+    <s v="Balrothery"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="116900"/>
+    <s v="Balrothery"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="116900"/>
+    <s v="Balrothery"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="116900"/>
+    <s v="Balrothery"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="116900"/>
+    <s v="Balrothery"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="116900"/>
+    <s v="Balrothery"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-569"/>
+  </r>
+  <r>
+    <s v="117000"/>
+    <s v="Abbeyleix"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="117000"/>
+    <s v="Abbeyleix"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="117000"/>
+    <s v="Abbeyleix"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="117000"/>
+    <s v="Abbeyleix"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="117000"/>
+    <s v="Abbeyleix"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="117000"/>
+    <s v="Abbeyleix"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="117100"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="117100"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="117100"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="117100"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="117100"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="117100"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-313"/>
+  </r>
+  <r>
+    <s v="117200"/>
+    <s v="Enniskerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="117200"/>
+    <s v="Enniskerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="117200"/>
+    <s v="Enniskerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="117200"/>
+    <s v="Enniskerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="117200"/>
+    <s v="Enniskerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="117200"/>
+    <s v="Enniskerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-351"/>
+  </r>
+  <r>
+    <s v="117300"/>
+    <s v="Newport"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="117300"/>
+    <s v="Newport"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="117300"/>
+    <s v="Newport"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="117300"/>
+    <s v="Newport"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="117300"/>
+    <s v="Newport"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="117300"/>
+    <s v="Newport"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-327"/>
+  </r>
+  <r>
+    <s v="117400"/>
+    <s v="Dunleer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="117400"/>
+    <s v="Dunleer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="117400"/>
+    <s v="Dunleer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="117400"/>
+    <s v="Dunleer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="117400"/>
+    <s v="Dunleer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="117400"/>
+    <s v="Dunleer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="117500"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="117500"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="117500"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="117500"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="117500"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="117500"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-468"/>
+  </r>
+  <r>
+    <s v="117600"/>
+    <s v="Clones"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="117600"/>
+    <s v="Clones"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="117600"/>
+    <s v="Clones"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="117600"/>
+    <s v="Clones"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="117600"/>
+    <s v="Clones"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="117600"/>
+    <s v="Clones"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-13"/>
+  </r>
+  <r>
+    <s v="117700"/>
+    <s v="Tubbercurry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="117700"/>
+    <s v="Tubbercurry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="117700"/>
+    <s v="Tubbercurry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="117700"/>
+    <s v="Tubbercurry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="117700"/>
+    <s v="Tubbercurry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="117700"/>
+    <s v="Tubbercurry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="117800"/>
+    <s v="Edgeworthstown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="117800"/>
+    <s v="Edgeworthstown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="117800"/>
+    <s v="Edgeworthstown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="117800"/>
+    <s v="Edgeworthstown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="117800"/>
+    <s v="Edgeworthstown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="117800"/>
+    <s v="Edgeworthstown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="117900"/>
+    <s v="Ballivor"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="117900"/>
+    <s v="Ballivor"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="117900"/>
+    <s v="Ballivor"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="117900"/>
+    <s v="Ballivor"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="117900"/>
+    <s v="Ballivor"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="117900"/>
+    <s v="Ballivor"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-350"/>
+  </r>
+  <r>
+    <s v="118000"/>
+    <s v="Castlebridge"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="118000"/>
+    <s v="Castlebridge"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="118000"/>
+    <s v="Castlebridge"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="118000"/>
+    <s v="Castlebridge"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="118000"/>
+    <s v="Castlebridge"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="118000"/>
+    <s v="Castlebridge"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-435"/>
+  </r>
+  <r>
+    <s v="118100"/>
+    <s v="Portlaw"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="118100"/>
+    <s v="Portlaw"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="118100"/>
+    <s v="Portlaw"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="118100"/>
+    <s v="Portlaw"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="118100"/>
+    <s v="Portlaw"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="118100"/>
+    <s v="Portlaw"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-348"/>
+  </r>
+  <r>
+    <s v="118200"/>
+    <s v="Mountrath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="118200"/>
+    <s v="Mountrath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="118200"/>
+    <s v="Mountrath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="118200"/>
+    <s v="Mountrath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="118200"/>
+    <s v="Mountrath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="118200"/>
+    <s v="Mountrath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-46"/>
+  </r>
+  <r>
+    <s v="118300"/>
+    <s v="Lifford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="118300"/>
+    <s v="Lifford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="118300"/>
+    <s v="Lifford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="118300"/>
+    <s v="Lifford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="118300"/>
+    <s v="Lifford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="118300"/>
+    <s v="Lifford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="118400"/>
+    <s v="Banagher"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="118400"/>
+    <s v="Banagher"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="118400"/>
+    <s v="Banagher"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="118400"/>
+    <s v="Banagher"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="118400"/>
+    <s v="Banagher"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="118400"/>
+    <s v="Banagher"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-13"/>
+  </r>
+  <r>
+    <s v="118500"/>
+    <s v="Kilmallock"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="118500"/>
+    <s v="Kilmallock"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="118500"/>
+    <s v="Kilmallock"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="118500"/>
+    <s v="Kilmallock"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="118500"/>
+    <s v="Kilmallock"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="118500"/>
+    <s v="Kilmallock"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="118600"/>
+    <s v="Strandhill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="118600"/>
+    <s v="Strandhill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="118600"/>
+    <s v="Strandhill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="118600"/>
+    <s v="Strandhill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="118600"/>
+    <s v="Strandhill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="118600"/>
+    <s v="Strandhill"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-390"/>
+  </r>
+  <r>
+    <s v="118700"/>
+    <s v="Rathdrum"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="118700"/>
+    <s v="Rathdrum"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="118700"/>
+    <s v="Rathdrum"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="118700"/>
+    <s v="Rathdrum"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="118700"/>
+    <s v="Rathdrum"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="118700"/>
+    <s v="Rathdrum"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="118800"/>
+    <s v="Dunmanway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="118800"/>
+    <s v="Dunmanway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="118800"/>
+    <s v="Dunmanway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="118800"/>
+    <s v="Dunmanway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="118800"/>
+    <s v="Dunmanway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="118800"/>
+    <s v="Dunmanway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="118900"/>
+    <s v="Millstreet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="118900"/>
+    <s v="Millstreet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="118900"/>
+    <s v="Millstreet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="118900"/>
+    <s v="Millstreet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="118900"/>
+    <s v="Millstreet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="118900"/>
+    <s v="Millstreet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="119000"/>
+    <s v="Ballymahon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="119000"/>
+    <s v="Ballymahon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="119000"/>
+    <s v="Ballymahon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="119000"/>
+    <s v="Ballymahon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="119000"/>
+    <s v="Ballymahon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="119000"/>
+    <s v="Ballymahon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="119100"/>
+    <s v="Cloyne"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="119100"/>
+    <s v="Cloyne"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="119100"/>
+    <s v="Cloyne"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="119100"/>
+    <s v="Cloyne"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="119100"/>
+    <s v="Cloyne"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="119100"/>
+    <s v="Cloyne"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-465"/>
+  </r>
+  <r>
+    <s v="119200"/>
+    <s v="Dunmore East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="119200"/>
+    <s v="Dunmore East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="119200"/>
+    <s v="Dunmore East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="119200"/>
+    <s v="Dunmore East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="119200"/>
+    <s v="Dunmore East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="119200"/>
+    <s v="Dunmore East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="119300"/>
+    <s v="Moycullen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="119300"/>
+    <s v="Moycullen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="119300"/>
+    <s v="Moycullen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="119300"/>
+    <s v="Moycullen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="119300"/>
+    <s v="Moycullen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="119300"/>
+    <s v="Moycullen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-243"/>
+  </r>
+  <r>
+    <s v="119600"/>
+    <s v="Rosslare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="119600"/>
+    <s v="Rosslare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="119600"/>
+    <s v="Rosslare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="119600"/>
+    <s v="Rosslare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="119600"/>
+    <s v="Rosslare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="119600"/>
+    <s v="Rosslare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-47"/>
+  </r>
+  <r>
+    <s v="119800"/>
+    <s v="Derrinturn"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="119800"/>
+    <s v="Derrinturn"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="119800"/>
+    <s v="Derrinturn"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="119800"/>
+    <s v="Derrinturn"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="119800"/>
+    <s v="Derrinturn"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="119800"/>
+    <s v="Derrinturn"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-291"/>
+  </r>
+  <r>
+    <s v="119900"/>
+    <s v="Fethard"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="119900"/>
+    <s v="Fethard"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="119900"/>
+    <s v="Fethard"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="119900"/>
+    <s v="Fethard"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="119900"/>
+    <s v="Fethard"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="119900"/>
+    <s v="Fethard"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="120000"/>
+    <s v="Ballymote"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="120000"/>
+    <s v="Ballymote"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="120000"/>
+    <s v="Ballymote"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="120000"/>
+    <s v="Ballymote"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="120000"/>
+    <s v="Ballymote"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="120000"/>
+    <s v="Ballymote"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="120100"/>
+    <s v="Rathcormac"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="120100"/>
+    <s v="Rathcormac"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="120100"/>
+    <s v="Rathcormac"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="120100"/>
+    <s v="Rathcormac"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="120100"/>
+    <s v="Rathcormac"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="120100"/>
+    <s v="Rathcormac"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-539"/>
+  </r>
+  <r>
+    <s v="130000"/>
+    <s v="Collooney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="130000"/>
+    <s v="Collooney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="130000"/>
+    <s v="Collooney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="130000"/>
+    <s v="Collooney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="130000"/>
+    <s v="Collooney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="130000"/>
+    <s v="Collooney"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="130100"/>
+    <s v="Castlemartyr"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="130100"/>
+    <s v="Castlemartyr"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="130100"/>
+    <s v="Castlemartyr"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="130100"/>
+    <s v="Castlemartyr"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="130100"/>
+    <s v="Castlemartyr"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="130100"/>
+    <s v="Castlemartyr"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-236"/>
+  </r>
+  <r>
+    <s v="130400"/>
+    <s v="Tullyallen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="130400"/>
+    <s v="Tullyallen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="130400"/>
+    <s v="Tullyallen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="130400"/>
+    <s v="Tullyallen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="130400"/>
+    <s v="Tullyallen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="130400"/>
+    <s v="Tullyallen"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-422"/>
+  </r>
+  <r>
+    <s v="130200"/>
+    <s v="Longwood"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="130200"/>
+    <s v="Longwood"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="130200"/>
+    <s v="Longwood"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="130200"/>
+    <s v="Longwood"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="130200"/>
+    <s v="Longwood"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="130200"/>
+    <s v="Longwood"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-441"/>
+  </r>
+  <r>
+    <s v="130300"/>
+    <s v="Termonfeckin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="130300"/>
+    <s v="Termonfeckin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="130300"/>
+    <s v="Termonfeckin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="130300"/>
+    <s v="Termonfeckin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="130300"/>
+    <s v="Termonfeckin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="130300"/>
+    <s v="Termonfeckin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-314"/>
+  </r>
+  <r>
+    <s v="130500"/>
+    <s v="Convoy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="130500"/>
+    <s v="Convoy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="130500"/>
+    <s v="Convoy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="130500"/>
+    <s v="Convoy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="130500"/>
+    <s v="Convoy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="130500"/>
+    <s v="Convoy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="-118"/>
+  </r>
+  <r>
+    <s v="130600"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C01"/>
+    <s v="Total residents with a fixed place of work (A)"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="130600"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C02"/>
+    <s v="Persons working in the town of usual residence (B)"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="130600"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C03"/>
+    <s v="Persons working outside the town of usual residence (C)"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="130600"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C04"/>
+    <s v="Persons commuting into the town to work (D)"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="130600"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C05"/>
+    <s v="Daytime working population (E=B+D)"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="130600"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E6034C06"/>
+    <s v="Net Gain/Loss in working population (E-A)"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+</pivotCacheRecords>
 </file>