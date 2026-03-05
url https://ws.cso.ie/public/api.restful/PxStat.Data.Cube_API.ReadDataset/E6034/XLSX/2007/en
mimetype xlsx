--- v1 (2026-01-09)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfab2465a11474137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c812277e5fa443ea911b6728d0b5502.psmdcp" Id="R604712b15ecc43a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca0b4f8793834707" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20e8e9e5485f49fe9d81497acf294edb.psmdcp" Id="R9c0687a9d0f149b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>