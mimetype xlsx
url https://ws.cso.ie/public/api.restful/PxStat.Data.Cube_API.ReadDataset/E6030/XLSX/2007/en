--- v0 (2025-11-14)
+++ v1 (2026-01-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf33150d599d74fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3251f3f9e3244d0a899b9bb65b58284f.psmdcp" Id="R0ad55fd73c384fff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree54b817eb6a4fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e4f758483054a4295b4919729eba302.psmdcp" Id="R66896493c78042d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E6030</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/10/2020 11:00:00 AM</x:t>
+    <x:t>10/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E6030/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P6</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 6 - Commuting in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -589,475 +589,192 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...423 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03367V04052" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02698V03266" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Motor Car Availability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J449" totalsRowShown="0">
   <x:autoFilter ref="A1:J449"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C03367V04052"/>
     <x:tableColumn id="4" name="County and City"/>
     <x:tableColumn id="5" name="C02698V03266"/>
     <x:tableColumn id="6" name="Motor Car Availability"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1328,51 +1045,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E6030/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1559,51 +1276,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J449"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="55.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="38.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -15961,51 +15678,51 @@
       <x:c r="G449" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I449" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J449" s="0">
         <x:v>501</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16022,51 +15739,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J449" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E6030"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03367V04052">
       <x:sharedItems count="32">
         <x:s v="IE"/>
         <x:s v="CW"/>
         <x:s v="DC"/>
         <x:s v="DR"/>
         <x:s v="FL"/>
         <x:s v="SD"/>
         <x:s v="KE"/>
         <x:s v="KK"/>
         <x:s v="LS"/>
         <x:s v="LD"/>
         <x:s v="LH"/>
@@ -16593,27 +16310,5404 @@
         <x:n v="747"/>
         <x:n v="8286"/>
         <x:n v="7996"/>
         <x:n v="825"/>
         <x:n v="1630"/>
         <x:n v="21176"/>
         <x:n v="21612"/>
         <x:n v="8660"/>
         <x:n v="8705"/>
         <x:n v="7379"/>
         <x:n v="7900"/>
         <x:n v="1565"/>
         <x:n v="1431"/>
         <x:n v="593"/>
         <x:n v="519"/>
         <x:n v="2708"/>
         <x:n v="2556"/>
         <x:n v="501"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="668766"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="696684"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="556036"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="567414"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101264"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95238"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33620"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30413"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256852"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="257567"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32870"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50349"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19365"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20465"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7909"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8654"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6748"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6923"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2454"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2596"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207847"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211591"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85069"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85715"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36255"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35531"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5781"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5568"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72693"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71325"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6607"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12095"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75786"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78568"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31457"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33633"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27252"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27210"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5128"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4638"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9229"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9915"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92951"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96607"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40326"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42172"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34493"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34820"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5365"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5129"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9469"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9631"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3423"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89877"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92393"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38912"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40417"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30980"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31253"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5440"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5148"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11323"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11452"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2740"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70504"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73348"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26579"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27779"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29245"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30223"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5112"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5148"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1697"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6686"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6731"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33583"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34743"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13074"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13578"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12736"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13466"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2470"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2331"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3866"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3920"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27916"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28997"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11224"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11905"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10439"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10814"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3102"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3186"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14410"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15092"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6288"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6765"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4548"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4681"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43897"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45363"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18314"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19420"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13875"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14009"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2331"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2069"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7747"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7782"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61922"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63861"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22522"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23541"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26858"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27683"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4736"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4708"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5022"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4831"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26543"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27184"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10758"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11181"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9577"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9696"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3322"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3306"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30624"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31685"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12435"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13188"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10811"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11108"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4266"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4289"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52345"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54006"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21938"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22972"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18264"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18648"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3637"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3548"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6409"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6453"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47579"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49005"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18410"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19430"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17976"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18612"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3476"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3421"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5624"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5295"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42534"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43348"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16944"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17803"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16316"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16311"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2834"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2652"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4738"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4698"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47110"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49370"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19391"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20389"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10085"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9904"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13605"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14645"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140445"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146052"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51979"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54439"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57530"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60412"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11582"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11230"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4328"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3875"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12706"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12907"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2320"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3189"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53088"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54288"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22028"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23335"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18314"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18734"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3464"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3224"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7119"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6767"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69421"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71022"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27412"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28312"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23386"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23517"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4671"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4343"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10869"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11327"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58275"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59071"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23442"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24201"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20529"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20660"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4096"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3747"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7772"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7867"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42239"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43455"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17485"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18151"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13917"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14024"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2466"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2258"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6691"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6953"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27697"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28827"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12262"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12893"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7233"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7059"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5831"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6222"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60644"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62729"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22988"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23839"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24890"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26184"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4427"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4212"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5949"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5788"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12228"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12404"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5219"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5390"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4423"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4477"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47932"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48745"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19836"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20850"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16918"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17377"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2982"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2593"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6428"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6191"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23601"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23962"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9820"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10159"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8736"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8989"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2603"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24428"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24761"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9760"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10311"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8466"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8610"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3571"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25720"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26806"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10451"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11117"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9288"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9700"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3111"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57721"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58305"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25874"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26440"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18569"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18879"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3132"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2613"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8286"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7996"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21176"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21612"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8660"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8705"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7379"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7900"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2708"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2556"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="E6030"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+</pivotCacheRecords>
 </file>