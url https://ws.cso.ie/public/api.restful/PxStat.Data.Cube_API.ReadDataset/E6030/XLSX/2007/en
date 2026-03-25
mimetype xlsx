--- v1 (2026-01-22)
+++ v2 (2026-03-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree54b817eb6a4fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e4f758483054a4295b4919729eba302.psmdcp" Id="R66896493c78042d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14a4d5c4e9ac40ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/75cbb9094651498aab543ac864b89e64.psmdcp" Id="R1462ce46e5744d83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>