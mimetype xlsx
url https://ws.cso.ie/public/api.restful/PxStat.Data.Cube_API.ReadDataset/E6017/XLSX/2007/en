--- v0 (2025-11-10)
+++ v1 (2026-02-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25962638c79d46f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e5f884311c24f6abf3d8db03748f60e.psmdcp" Id="R413571ad94c04f0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R323fb759d88a40d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eb91d4658a174350ab41e9615b0b2e27.psmdcp" Id="R0fce17cf58cf4d04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E6017</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/10/2020 11:00:00 AM</x:t>
+    <x:t>10/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E6017/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P6</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 6 - Commuting in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -502,363 +502,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02734V03302" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Means of Travel" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J313" totalsRowShown="0">
   <x:autoFilter ref="A1:J313"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02734V03302"/>
     <x:tableColumn id="6" name="Means of Travel"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1129,51 +930,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E6017/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1360,51 +1161,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J313"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="89.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="27.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -11410,51 +11211,51 @@
       <x:c r="G313" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J313" s="0">
         <x:v>22177</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11471,51 +11272,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J313" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E6017"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="13">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
@@ -11887,27 +11688,3772 @@
         <x:n v="136"/>
         <x:n v="202"/>
         <x:n v="25"/>
         <x:n v="30"/>
         <x:n v="4675"/>
         <x:n v="7133"/>
         <x:n v="322"/>
         <x:n v="363"/>
         <x:n v="513"/>
         <x:n v="974"/>
         <x:n v="118"/>
         <x:n v="205"/>
         <x:n v="4888"/>
         <x:n v="6700"/>
         <x:n v="4856"/>
         <x:n v="4274"/>
         <x:n v="17502"/>
         <x:n v="22177"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170510"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="175080"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39803"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56837"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91676"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="111436"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52749"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63133"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8443"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7990"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1067451"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1152631"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69164"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77335"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116248"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126029"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14770"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11593"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83326"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94955"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64260"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93709"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1778400"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1970728"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2617"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2934"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2638"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3911"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3824"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2754"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4369"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2440"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13827"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17980"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18976"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18795"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4167"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11594"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16179"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4313"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5459"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56087"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48451"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10355"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14087"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4087"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1343"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3702"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6040"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113412"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="117921"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33634"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28975"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6737"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8584"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18929"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19727"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10740"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10287"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135488"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="105816"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12113"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10838"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11456"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8308"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2882"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3106"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7294"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13272"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241064"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="210043"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26999"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28468"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7817"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10301"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16494"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18540"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11598"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11980"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173985"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="161719"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10424"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10361"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17829"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16387"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5303"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5442"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7281"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11238"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="280822"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="276302"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18293"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22373"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6128"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9714"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10975"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15556"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8437"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11334"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166324"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="188149"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7675"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9136"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17516"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20328"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8371"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8332"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6796"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12207"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253971"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="299803"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15721"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16987"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4935"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7636"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8096"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11048"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5564"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8231"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146622"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="175140"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5951"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7188"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16555"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18577"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2316"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1697"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10479"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11008"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6386"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8898"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224032"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="267663"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15547"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15264"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4072"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5661"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7328"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8563"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4227"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5735"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132735"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153206"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5860"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5980"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16116"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17180"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1833"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11386"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12834"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5307"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9053"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206092"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="236548"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14706"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14888"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3438"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4515"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6630"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7436"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3431"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4262"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110404"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="132032"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5703"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5772"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13568"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16467"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11463"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13514"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5783"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7490"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177990"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="209229"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12056"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13004"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2357"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3429"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5229"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6289"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3128"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80173"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="100828"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4523"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5055"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10334"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13229"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1615"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1512"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11012"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13060"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5936"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8213"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136208"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="168448"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8033"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8710"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3960"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45561"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59917"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2837"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3298"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6194"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8675"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10112"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11432"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6568"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7558"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86421"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="108477"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2988"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11486"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16416"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2859"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5875"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7665"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3062"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3026"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27059"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36137"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4675"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7133"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4888"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6700"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4856"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4274"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17502"/>
+  </r>
+  <r>
+    <s v="E6017"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22177"/>
+  </r>
+</pivotCacheRecords>
 </file>