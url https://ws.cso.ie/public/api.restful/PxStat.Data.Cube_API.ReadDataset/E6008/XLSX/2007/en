--- v0 (2025-11-13)
+++ v1 (2026-02-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d7a9f1ee2342c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b718c521692a428a83cac31219cd231c.psmdcp" Id="R434d57fa5d4d48f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfbf4f0e799240ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1dd29e63790243bebf635868712d62ea.psmdcp" Id="Rb6756d8074f34226" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E6008</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/10/2020 11:00:00 AM</x:t>
+    <x:t>10/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Excludes those who work mainly at or from home</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E6008/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P6</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 6 - Commuting in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -556,427 +556,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...375 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02852V03430" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="23">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="23">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02730V03298" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Time Leaving Home" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J461" totalsRowShown="0">
   <x:autoFilter ref="A1:J461"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02852V03430"/>
     <x:tableColumn id="4" name="Broad Industrial Group"/>
     <x:tableColumn id="5" name="C02730V03298"/>
     <x:tableColumn id="6" name="Time Leaving Home"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1247,51 +1000,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E6008/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1480,51 +1233,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J461"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="89.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="79.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="20.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -16266,51 +16019,51 @@
       <x:c r="G461" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I461" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J461" s="0">
         <x:v>110183</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16327,51 +16080,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J461" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E6008"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02852V03430">
       <x:sharedItems count="23">
         <x:s v="A"/>
         <x:s v="B"/>
         <x:s v="C"/>
         <x:s v="D"/>
         <x:s v="E"/>
         <x:s v="F"/>
         <x:s v="G"/>
         <x:s v="H"/>
         <x:s v="I"/>
         <x:s v="J"/>
         <x:s v="K"/>
@@ -16901,27 +16654,5548 @@
         <x:n v="119601"/>
         <x:n v="166712"/>
         <x:n v="153263"/>
         <x:n v="198657"/>
         <x:n v="201029"/>
         <x:n v="233443"/>
         <x:n v="288658"/>
         <x:n v="315161"/>
         <x:n v="297931"/>
         <x:n v="314874"/>
         <x:n v="261027"/>
         <x:n v="247972"/>
         <x:n v="109671"/>
         <x:n v="100206"/>
         <x:n v="184701"/>
         <x:n v="188565"/>
         <x:n v="79193"/>
         <x:n v="110183"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55043"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50456"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3941"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5471"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5903"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6868"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6667"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6690"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8701"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8029"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6634"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5912"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5045"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4406"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2388"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2158"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13344"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8796"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5187"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4882"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1422"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177632"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="193741"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23107"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32361"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26370"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31275"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32419"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34800"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39982"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40083"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23232"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22741"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13865"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12791"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4611"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4250"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11167"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12468"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2879"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2972"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10841"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12426"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2421"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2989"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3149"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2326"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9218"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9965"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2270"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1967"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83997"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97568"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6494"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14691"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14004"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21686"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16961"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19446"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20157"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18928"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12113"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10431"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7474"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6333"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2413"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254428"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="258026"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18871"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25552"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21009"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23632"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22653"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24044"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37472"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37764"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43720"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43656"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46675"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43409"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22062"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19886"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37019"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34897"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4947"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5186"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75070"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77965"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20957"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24073"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9020"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9800"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7391"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7996"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8463"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8767"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7394"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7462"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5357"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5129"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11524"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10320"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3029"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2577"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98858"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112350"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6137"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8457"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7477"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9010"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6392"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7285"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8193"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9328"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8104"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9567"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9451"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10596"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7036"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7617"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42749"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46901"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3319"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3589"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62849"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82166"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2676"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4153"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4519"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6936"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7110"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10200"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11555"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15921"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14152"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18503"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11419"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13738"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4981"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5976"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5510"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5606"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90027"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87662"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3171"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4108"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7229"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8852"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13215"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14098"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20075"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20009"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22776"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21380"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15840"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12884"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4268"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3210"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2724"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7725"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8136"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84403"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102226"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2479"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4367"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5376"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8730"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9180"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13257"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16145"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20551"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20599"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23821"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18217"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18871"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6820"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6619"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4227"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4464"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58530"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68120"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5787"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7995"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6536"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8177"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7283"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8942"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9503"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11148"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8539"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9903"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6944"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7524"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3087"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3330"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9304"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9461"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110644"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103510"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7268"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6805"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7497"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11052"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11925"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13420"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20615"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21382"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23953"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22506"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22587"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16826"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8895"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5653"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5384"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3584"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2520"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2282"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161148"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="171297"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4971"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7050"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11590"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15734"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28482"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34789"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50162"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53454"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40232"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35709"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10890"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8780"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11182"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11131"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192491"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="217808"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7466"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10877"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20870"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27723"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32111"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37819"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35659"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41430"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31131"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35946"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30771"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30577"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13083"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11428"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18491"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18633"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2909"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3375"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28370"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31170"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2638"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3083"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3840"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4543"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5076"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5248"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4170"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3738"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7135"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7380"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36091"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38715"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2028"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3816"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4014"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6902"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7598"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9761"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10185"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6295"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6595"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4547"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4921"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90412"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="145155"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4168"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7954"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5688"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9709"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6981"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9691"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9517"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11820"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8920"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11296"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8096"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9588"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4447"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5101"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7535"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10821"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35060"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69175"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1695074"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1875773"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119601"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="01"/>
+    <s v="Before 06:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="166712"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153263"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="011"/>
+    <s v="06:30 - 07:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="198657"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201029"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="233443"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288658"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="315161"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297931"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="314874"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261027"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="247972"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109671"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="100206"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184701"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="188565"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79193"/>
+  </r>
+  <r>
+    <s v="E6008"/>
+    <s v="Population Aged 15 Years and Over at Work, Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="110183"/>
+  </r>
+</pivotCacheRecords>
 </file>