--- v0 (2025-11-12)
+++ v1 (2025-12-31)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73a031829d7c4796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1a85a17819cd4ad29badc3061336dc89.psmdcp" Id="R01f2b8def48e4af4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R525f94a2b3e74850" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/18fd695364794bd0a49bdad4932fdc83.psmdcp" Id="Ra33330c58b75442a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E5002</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Homeless Persons 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/11/2020 11:00:00 AM</x:t>
+    <x:t>11/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>The regions used in this table are per the Regional Homelessness Action Plan, which was implemented in 2010. They agree with Regional Authority Areas, with the exception of the Border region which is split into two - the North East and North West.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E5002/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P5</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 5 - Homeless Persons in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -430,259 +430,138 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...207 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J31" totalsRowShown="0">
   <x:autoFilter ref="A1:J31"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="Regional Authority"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -953,51 +832,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E5002/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1186,51 +1065,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="21.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -2212,51 +2091,51 @@
       <x:c r="G31" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I31" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J31" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -2273,51 +2152,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J31" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E5002"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Homeless Persons 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -2382,27 +2261,388 @@
         <x:n v="119"/>
         <x:n v="2802"/>
         <x:n v="163"/>
         <x:n v="265"/>
         <x:n v="203"/>
         <x:n v="285"/>
         <x:n v="31"/>
         <x:n v="100"/>
         <x:n v="2888"/>
         <x:n v="44"/>
         <x:n v="70"/>
         <x:n v="2207"/>
         <x:n v="68"/>
         <x:n v="131"/>
         <x:n v="120"/>
         <x:n v="186"/>
         <x:n v="9"/>
         <x:n v="53"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6906"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5009"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5006"/>
+    <s v="North West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5008"/>
+    <s v="North East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4018"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2802"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5006"/>
+    <s v="North West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5008"/>
+    <s v="North East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2888"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2207"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5006"/>
+    <s v="North West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E5002"/>
+    <s v="Homeless Persons 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5008"/>
+    <s v="North East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+</pivotCacheRecords>
 </file>