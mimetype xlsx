--- v1 (2025-12-31)
+++ v2 (2026-02-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R525f94a2b3e74850" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/18fd695364794bd0a49bdad4932fdc83.psmdcp" Id="Ra33330c58b75442a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R163192cb3f1c477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9606a3e08f5c49d9b099697426e855ab.psmdcp" Id="R4548289b953b47ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>