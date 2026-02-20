--- v0 (2025-11-13)
+++ v1 (2026-02-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e480a150be24917" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ee7d3f7331ed4662ae1e3fd520aee711.psmdcp" Id="R90e2297f95e444de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b8ebea88e0048a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/36ea76338eb24c04bca50c9bf9b243be.psmdcp" Id="R9dfd52a71979477d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4099</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Family Units in Private Households by Family Cycle 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/10/2020 11:00:00 AM</x:t>
+    <x:t>10/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4099/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -472,315 +472,152 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...263 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Detailed Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J433" totalsRowShown="0">
   <x:autoFilter ref="A1:J433"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02325V02801"/>
     <x:tableColumn id="2" name="Detailed Marital Status"/>
     <x:tableColumn id="3" name="C02701V03269"/>
     <x:tableColumn id="4" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1051,51 +888,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4099/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1282,51 +1119,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J433"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="33.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="16.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -15172,51 +15009,51 @@
       <x:c r="G433" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I433" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J433" s="0">
         <x:v>20616</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15233,51 +15070,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J433" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02325V02801">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="0115"/>
         <x:s v="05"/>
         <x:s v="09A"/>
         <x:s v="12"/>
         <x:s v="15"/>
         <x:s v="16"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Detailed Marital Status">
       <x:sharedItems count="8">
         <x:s v="All marital status"/>
         <x:s v="Single"/>
         <x:s v="Registered same-sex civil partnership"/>
         <x:s v="Married (first marriage)"/>
         <x:s v="Re-married"/>
         <x:s v="Separated"/>
         <x:s v="Divorced"/>
         <x:s v="Widowed"/>
       </x:sharedItems>
@@ -15723,27 +15560,5212 @@
         <x:n v="1830"/>
         <x:n v="25170"/>
         <x:n v="25033"/>
         <x:n v="26"/>
         <x:n v="224"/>
         <x:n v="76"/>
         <x:n v="249"/>
         <x:n v="602"/>
         <x:n v="1341"/>
         <x:n v="22380"/>
         <x:n v="23256"/>
         <x:n v="213"/>
         <x:n v="186"/>
         <x:n v="77"/>
         <x:n v="263"/>
         <x:n v="548"/>
         <x:n v="1335"/>
         <x:n v="20616"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="1179210"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="131877"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="118939"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="94128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="141320"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="133003"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="131263"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="135218"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="293462"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="1218370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="111525"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="121720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="122404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="122285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="144861"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="139045"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="150353"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="306177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="721524"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="97677"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="65301"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="55607"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="95189"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="82298"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="78871"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="79654"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="166927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="748360"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="84434"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="65521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="68863"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="83636"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="94089"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="85046"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="88919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="177852"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="457686"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="34200"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="53638"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="38521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="46131"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="50705"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="52392"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="55564"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="126535"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="470010"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="27091"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="56199"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="53541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="38649"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="50772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="53999"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="61434"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="128325"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="208220"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="67268"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="4728"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="48101"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="34276"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="27108"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="16264"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="10028"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="217439"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="57863"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="6203"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="43220"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="37609"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="29275"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="24959"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="17569"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="158965"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="53383"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="3064"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="35790"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="25328"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="20433"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="12691"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="8020"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="164378"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="46220"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="4009"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="31405"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="27745"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="21686"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="18907"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="13983"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="49255"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="13885"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="12311"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="8948"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="6675"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="3573"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="53061"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="11643"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="11815"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="9864"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="7589"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="6052"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="3586"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="804324"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="58508"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="101864"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="90338"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="87272"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="88524"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="87734"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="93080"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="197004"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="827815"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="48108"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="100930"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="116498"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="73975"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="96799"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="93189"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="99462"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="198854"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="457168"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="40097"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="55307"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="53622"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="55158"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="50025"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="47573"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="49709"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="105677"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="473329"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="34038"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="52929"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="65788"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="48514"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="58982"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="52313"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="53093"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="107672"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="347156"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="18411"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="46557"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="36716"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="32114"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="38499"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="40161"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="43371"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="91327"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="354486"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="14070"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="48001"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="50710"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="25461"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="37817"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="40876"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="46369"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="91182"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="26321"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="2082"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="6808"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="2474"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="1944"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="2452"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="2973"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="3471"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="4117"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="30422"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="8075"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="3688"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="3295"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="4009"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="5414"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="15616"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="3598"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="1362"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="1766"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="18750"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="4541"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="3619"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="10705"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="3210"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="11672"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="3534"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="1880"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="51842"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="2306"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="4913"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="7636"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="11547"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="21158"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="50762"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="4800"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="7496"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="11090"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="21610"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="35735"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="3439"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="5096"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="7733"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="15098"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="34306"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="3369"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="4978"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="7136"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="14973"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="16107"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="3814"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="6060"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="16456"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="3954"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="6637"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="33707"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="2184"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="2695"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="4360"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="7519"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="13004"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="37882"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="3230"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="4355"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="7598"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="16897"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="24277"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="3153"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="5380"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="9713"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="27198"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="1999"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="3140"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="5393"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="12406"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="9430"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="3291"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="10684"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="4491"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="54796"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="3337"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="48151"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="52205"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="3165"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="45786"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="29763"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="25771"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="28949"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="25170"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="25033"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="22380"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="23256"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4099C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="20616"/>
+  </r>
+</pivotCacheRecords>
 </file>