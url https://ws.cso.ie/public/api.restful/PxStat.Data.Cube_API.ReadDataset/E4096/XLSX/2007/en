--- v0 (2025-11-13)
+++ v1 (2026-01-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c46f56c86964151" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/378ec71d283842eeaf2e5ab3e86c094c.psmdcp" Id="R64ce7bf33a604779" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R822135be9bbd42d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/466eb761610941bfaf37d38ae2d0ede6.psmdcp" Id="R6d102f037d4b4979" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4096</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Family Units in Private Households 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4096/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -589,475 +589,192 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...423 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03367V04052" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J449" totalsRowShown="0">
   <x:autoFilter ref="A1:J449"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C03367V04052"/>
     <x:tableColumn id="4" name="County and City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="C02258V02730"/>
     <x:tableColumn id="8" name="Type of Family Unit"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1328,51 +1045,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4096/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1559,51 +1276,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J449"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="43.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="32.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -15961,51 +15678,51 @@
       <x:c r="G449" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I449" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J449" s="0">
         <x:v>458</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16022,51 +15739,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J449" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E4096"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Family Units in Private Households 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03367V04052">
       <x:sharedItems count="32">
         <x:s v="IE"/>
         <x:s v="CW"/>
         <x:s v="DC"/>
         <x:s v="DR"/>
         <x:s v="FL"/>
         <x:s v="SD"/>
         <x:s v="KE"/>
         <x:s v="KK"/>
         <x:s v="LS"/>
         <x:s v="LD"/>
         <x:s v="LH"/>
@@ -16598,27 +16315,5404 @@
         <x:n v="1485"/>
         <x:n v="19614"/>
         <x:n v="2142"/>
         <x:n v="6575"/>
         <x:n v="1029"/>
         <x:n v="15590"/>
         <x:n v="3356"/>
         <x:n v="668"/>
         <x:n v="8214"/>
         <x:n v="721"/>
         <x:n v="406"/>
         <x:n v="15972"/>
         <x:n v="3677"/>
         <x:n v="597"/>
         <x:n v="8037"/>
         <x:n v="905"/>
         <x:n v="2298"/>
         <x:n v="458"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1179210"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="261652"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="83292"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="558682"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="60269"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="186284"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="29031"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1218370"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="278934"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="76715"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="568317"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="75587"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="189112"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="29705"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="14281"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="3076"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="6900"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="14950"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="3351"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="6929"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="2341"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="121870"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="27764"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="16035"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="42685"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="5563"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="26261"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="3562"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="125200"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="27724"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="16533"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="44638"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="7141"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="25779"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="3385"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="53407"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="13637"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="4413"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="25122"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="7346"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="55905"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="14317"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="4110"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="26832"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="2251"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="7255"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="73206"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="14293"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="6142"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="35838"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="4123"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="11330"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="77346"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="15076"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="4984"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="38881"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="5158"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="11627"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="71380"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="14120"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="4554"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="33007"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="4197"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="13784"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="74141"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="15084"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="3945"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="34319"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="5234"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="13713"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="55648"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="10924"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="4036"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="28526"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="3270"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="7715"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="58406"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="11774"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="3375"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="30081"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="4009"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="7996"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="25040"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="5612"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="12621"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="3430"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="26078"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="6087"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="12753"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="3606"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="21037"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="4247"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="10516"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="3015"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="22041"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="4620"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="10768"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="3268"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="10161"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="4816"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="10636"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="2598"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="4788"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="32411"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="6604"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="15411"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1902"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="5779"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="33698"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="7089"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="15599"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="5922"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="49405"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="9771"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="3159"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="26328"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="2938"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="6127"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="51569"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="10351"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="27338"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="3517"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="6658"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="20310"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="4421"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="10109"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="2940"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="20794"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="4726"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="9928"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="3127"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="22274"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="4869"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="10748"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="3363"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="23234"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="5277"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="10878"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="3503"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="39189"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="9151"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="2348"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="17865"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="2525"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="6327"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="40406"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="9838"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="17634"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="3213"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="6582"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="36964"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="7901"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="17777"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="2152"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="5818"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="38495"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="8516"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="2009"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="18363"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="2706"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="5987"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="30407"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="7045"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="15153"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="4141"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="30919"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="7678"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="14755"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1855"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="4258"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="28235"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="7084"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="2454"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="10747"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="5918"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="29206"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="7331"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="2722"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="10748"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="5874"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="105108"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="22637"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="6531"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="54844"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="4897"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="13787"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="2412"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="109689"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="24449"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="5908"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="56456"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="6373"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="14096"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="37248"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="9168"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="18033"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="5439"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="37655"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="9856"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="1816"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="17425"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="2090"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="5500"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="48658"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="11210"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="22890"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="2515"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="7764"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="49584"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="11925"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="2732"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="22744"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="3086"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="7799"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1298"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="42051"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="9772"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="19825"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="2507"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="6582"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="42319"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="10398"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="1909"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="19346"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="2873"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="6646"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="29924"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="6958"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="1908"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="13641"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="5026"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="30524"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="7438"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="13349"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="2018"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="5109"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="15997"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="3502"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="6425"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="16844"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="3739"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="6866"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="2960"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="44947"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="10066"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="2456"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="23940"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="5557"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="46524"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="10979"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="2228"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="24236"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="5797"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="8180"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="2131"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="3966"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="8298"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="3887"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="33160"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="8233"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="16475"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="4606"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="33628"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="9041"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="15732"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="4685"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="16739"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="4179"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="8294"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="16958"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="4496"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="8110"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="2201"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="16316"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="4104"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="7682"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="2430"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="16664"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="4427"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="7480"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="2511"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="18713"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="4143"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="9646"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="2495"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="19553"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="4520"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="9803"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="2603"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="41354"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="9378"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="20638"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="6968"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="41134"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="10289"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="19614"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="6575"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="15590"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="3356"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="8214"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="15972"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="3677"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="8037"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="2298"/>
+  </r>
+  <r>
+    <s v="E4096"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+</pivotCacheRecords>
 </file>