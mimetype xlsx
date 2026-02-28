--- v1 (2026-01-08)
+++ v2 (2026-02-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R822135be9bbd42d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/466eb761610941bfaf37d38ae2d0ede6.psmdcp" Id="R6d102f037d4b4979" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf4ae7d0521e42a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/77a9d88fdd8540a9b53e855c829529a0.psmdcp" Id="R3e36eb361f084fd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>