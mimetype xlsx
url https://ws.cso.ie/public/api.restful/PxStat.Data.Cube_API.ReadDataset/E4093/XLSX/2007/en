--- v0 (2025-11-16)
+++ v1 (2026-01-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5bad53b98d043ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/69105c89d0304806bd663657e5c606d8.psmdcp" Id="R3330a3bb1ad048cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51c7f1ce14834363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6e251bb725474c1d802c1c9eabceafc8.psmdcp" Id="Rfbe5b82cbb9f4ff5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4093</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons in Same-Sex Relationships 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Information on same-sex relationships is only captured in the Irish census where persons are enumerated living together.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4093/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -535,411 +535,182 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...359 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02800V03468" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town Size" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L1009" totalsRowShown="0">
   <x:autoFilter ref="A1:L1009"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02800V03468"/>
     <x:tableColumn id="4" name="Aggregate Town Size"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="C02199V02655"/>
     <x:tableColumn id="8" name="Sex"/>
     <x:tableColumn id="9" name="C02076V03371"/>
     <x:tableColumn id="10" name="Age Group"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1212,51 +983,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4093/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1445,51 +1216,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L1009"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="43.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="60.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="16.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -39823,51 +39594,51 @@
       <x:c r="I1009" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J1009" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K1009" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L1009" s="0">
         <x:v>732</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -39884,51 +39655,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L1009" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E4093"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Persons in Same-Sex Relationships 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02800V03468">
       <x:sharedItems count="14">
         <x:s v="-"/>
         <x:s v="100100"/>
         <x:s v="100300"/>
         <x:s v="100400"/>
         <x:s v="100500"/>
         <x:s v="100600"/>
         <x:s v="100700"/>
         <x:s v="104700"/>
         <x:s v="111950"/>
         <x:s v="112050"/>
         <x:s v="120400"/>
@@ -40279,27 +40050,14140 @@
         <x:n v="1046"/>
         <x:n v="550"/>
         <x:n v="82"/>
         <x:n v="496"/>
         <x:n v="156"/>
         <x:n v="204"/>
         <x:n v="239"/>
         <x:n v="207"/>
         <x:n v="206"/>
         <x:n v="83"/>
         <x:n v="1504"/>
         <x:n v="89"/>
         <x:n v="104"/>
         <x:n v="107"/>
         <x:n v="772"/>
         <x:n v="99"/>
         <x:n v="79"/>
         <x:n v="732"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="8084"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="4642"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="3442"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="2264"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="2165"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="12068"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="6884"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="5184"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="3926"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="2494"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="5972"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="3828"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="2144"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E4093"/>
+    <s v="Persons in Same-Sex Relationships 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+</pivotCacheRecords>
 </file>