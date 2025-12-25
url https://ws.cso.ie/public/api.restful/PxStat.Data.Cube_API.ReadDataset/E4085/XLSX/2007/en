--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcebe03ef151d4fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8f8cff0bf0bb4223b4ae95a2a278ebda.psmdcp" Id="R1952c86b4d484a6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f069114f01743f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b304189579434c55bd6abbf4290f74d2.psmdcp" Id="R5adf6ff2c7224db9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4085</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Family Units in Private Households by Position in Family Cycle 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/10/2020 11:00:00 AM</x:t>
+    <x:t>10/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4085/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -469,307 +469,150 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...255 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J379" totalsRowShown="0">
   <x:autoFilter ref="A1:J379"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02701V03269"/>
     <x:tableColumn id="2" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="3" name="C02258V02730"/>
     <x:tableColumn id="4" name="Type of Family Unit"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1040,51 +883,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4085/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1271,51 +1114,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J379"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="16.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -13433,51 +13276,51 @@
       <x:c r="G379" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I379" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J379" s="0">
         <x:v>7701</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13494,51 +13337,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J379" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02258V02730">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="621"/>
         <x:s v="103"/>
         <x:s v="620"/>
         <x:s v="618"/>
         <x:s v="1101"/>
         <x:s v="1112"/>
@@ -13831,27 +13674,4564 @@
         <x:n v="54929"/>
         <x:n v="5061"/>
         <x:n v="6154"/>
         <x:n v="7286"/>
         <x:n v="9204"/>
         <x:n v="27224"/>
         <x:n v="11258"/>
         <x:n v="414"/>
         <x:n v="629"/>
         <x:n v="1006"/>
         <x:n v="1659"/>
         <x:n v="7550"/>
         <x:n v="11436"/>
         <x:n v="381"/>
         <x:n v="615"/>
         <x:n v="971"/>
         <x:n v="1768"/>
         <x:n v="7701"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="1179210"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="131877"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="118939"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="94128"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="141320"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="133003"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="131263"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="135218"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="293462"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="1218370"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="111525"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="121720"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="122404"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="122285"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="144861"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="139045"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="150353"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="306177"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="261652"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="60378"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="108477"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="92797"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="278934"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="49772"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="108931"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="120231"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="83292"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="71499"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="10462"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="76715"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="61753"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="12789"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="2173"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="558682"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="88047"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="89554"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="89368"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="94966"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="196747"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="568317"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="74558"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="98048"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="94743"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="101470"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="199498"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="60269"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="25506"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="13473"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="10026"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="6498"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="4766"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="75587"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="25966"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="18900"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="13006"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="10357"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="7358"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="186284"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="26361"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="28051"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="29064"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="29280"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="73528"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="189112"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="20510"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="25983"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="28549"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="33906"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="80164"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="29031"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="2805"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="4474"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="18421"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="29705"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="2747"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="4620"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="19157"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="721524"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="97677"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="65301"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="55607"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="95189"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="82298"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="78871"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="79654"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="166927"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="748360"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="84434"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="65521"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="68863"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="83636"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="94089"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="85046"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="88919"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="177852"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="154942"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="41289"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="58789"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="54864"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="160282"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="35255"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="57413"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="67614"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="63643"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="56388"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="6512"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="58536"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="49179"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="8108"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="310983"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="55641"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="50488"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="48430"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="50802"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="105622"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="324620"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="48983"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="59864"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="53172"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="54335"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="108266"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="41649"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="18298"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="9023"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="6620"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="4330"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="3378"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="52470"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="18334"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="13081"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="8835"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="7030"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="5190"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="132534"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="20258"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="21491"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="22022"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="21707"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="47056"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="134183"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="15449"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="19829"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="21263"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="24702"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="52940"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="17773"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="2815"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="10871"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="18269"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="2852"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="11456"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="457686"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="34200"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="53638"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="38521"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="46131"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="50705"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="52392"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="55564"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="126535"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="470010"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="27091"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="56199"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="53541"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="38649"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="50772"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="53999"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="61434"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="128325"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="106710"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="19089"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="49688"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="37933"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="118652"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="14517"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="51518"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="52617"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="19649"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="15111"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="3950"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="18179"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="12574"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="4681"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="247699"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="32406"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="39066"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="40938"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="44164"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="91125"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="243697"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="25575"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="38184"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="41571"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="47135"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="91232"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="18620"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="7208"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="4450"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="3406"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="23117"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="7632"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="5819"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="4171"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="3327"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="53750"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="6103"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="6560"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="7042"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="7573"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="26472"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="54929"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="5061"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="6154"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="7286"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="9204"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="27224"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="11258"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="1659"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="7550"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="11436"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C02"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C03"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C04"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C05"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C06"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C07"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C08"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4085C09"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="7701"/>
+  </r>
+</pivotCacheRecords>
 </file>