--- v1 (2025-12-25)
+++ v2 (2026-03-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f069114f01743f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b304189579434c55bd6abbf4290f74d2.psmdcp" Id="R5adf6ff2c7224db9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d232b33fc2b46e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dff5e44eb4514098a372090565f2a3f0.psmdcp" Id="R17363d83299548d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>