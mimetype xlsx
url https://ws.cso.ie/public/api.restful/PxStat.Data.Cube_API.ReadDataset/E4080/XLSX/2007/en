--- v0 (2025-11-14)
+++ v1 (2026-02-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c1d90fee79e4596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8820561392444443a8eec9684f92f1c1.psmdcp" Id="Ra13ef6adcb184002" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8892aed727c24e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/653fb631b52b48cab511f661404e40dc.psmdcp" Id="R75da525ef58e409e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4080</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Non-Family Private Households 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4080/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -490,355 +490,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02255V02727" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02683V03250" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L421" totalsRowShown="0">
   <x:autoFilter ref="A1:L421"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group of Reference Person"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="C02255V02727"/>
     <x:tableColumn id="8" name="Type of Household"/>
     <x:tableColumn id="9" name="C02683V03250"/>
     <x:tableColumn id="10" name="Persons per Household"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1111,51 +924,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4080/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1342,51 +1155,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L421"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="40.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="31.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="45.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="23.996339" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -17376,51 +17189,51 @@
       <x:c r="I421" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L421" s="0">
         <x:v>167</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17437,51 +17250,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L421" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E4080"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Non-Family Private Households 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="14">
         <x:s v="-"/>
         <x:s v="215"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
@@ -17934,27 +17747,5908 @@
         <x:n v="908"/>
         <x:n v="138"/>
         <x:n v="43"/>
         <x:n v="1397"/>
         <x:n v="1012"/>
         <x:n v="178"/>
         <x:n v="11234"/>
         <x:n v="9571"/>
         <x:n v="1148"/>
         <x:n v="219"/>
         <x:n v="9148"/>
         <x:n v="8108"/>
         <x:n v="847"/>
         <x:n v="141"/>
         <x:n v="2086"/>
         <x:n v="1463"/>
         <x:n v="301"/>
         <x:n v="155"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="102219"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="66765"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="22295"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="8953"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="4206"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="39611"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="30143"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="6651"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="2005"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="62608"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="36622"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="15644"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="6948"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="3394"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="107007"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="65989"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="23815"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="11281"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="5922"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="37648"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="28173"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="6285"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="2181"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="69359"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="37816"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="17530"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="9100"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="4913"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2696"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2308"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2382"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="15135"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="7555"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="4341"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="2183"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="3080"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="12055"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="5854"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="3541"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="13426"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="5509"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="4038"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="2495"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="1384"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2424"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="11002"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="4333"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="3374"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="2118"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="23530"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="13260"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="6603"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="2695"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="5465"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="3266"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="18065"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="9994"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="5170"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="19848"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="10248"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="5689"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="2766"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="3847"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="16001"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="8129"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="4647"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="2321"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="17020"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="11097"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="4069"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="4554"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="3145"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="12466"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="7952"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="3074"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="15770"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="9375"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="4042"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="3559"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="2253"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="12211"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="7122"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="3232"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="8335"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="5753"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2684"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="5651"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="3728"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="11525"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="7292"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="2602"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2748"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="8777"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="5375"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="2030"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="5236"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="3640"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1931"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="3305"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="2114"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="6805"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="4250"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="1392"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="4697"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="2740"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="4191"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="3012"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2004"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2187"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="5660"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="3676"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2039"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="3621"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="4247"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="3154"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1966"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="5178"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="3623"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2511"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2667"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="4033"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="3130"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2630"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="2154"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="5547"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="4084"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2964"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="2395"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2583"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="3894"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="3109"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2804"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="2334"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="4709"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="3613"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="3024"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="2486"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="3262"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="2700"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2512"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="2152"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="4159"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="3306"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2917"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="2433"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="10523"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="9049"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="9126"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="8037"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1397"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="11234"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="9571"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="9148"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="8108"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="34"/>
+    <s v="Households comprised of related persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2086"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E4080"/>
+    <s v="Non-Family Private Households 2011 to 2016"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="0051"/>
+    <s v="5 or more"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+</pivotCacheRecords>
 </file>