--- v0 (2025-11-11)
+++ v1 (2025-12-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97f368383be6492e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7f2e2b6614e04370ae74af21960f32fb.psmdcp" Id="R2746f17c1cbc4124" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63c1f71106a147e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7a1a9d83b4c146868d49c6e6dcc90cb9.psmdcp" Id="Rfe1a29d1fabe4076" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4078</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>One Person Private Households 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4078/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -505,379 +505,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02800V03468" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town Size" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02708V03276" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Social Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L673" totalsRowShown="0">
   <x:autoFilter ref="A1:L673"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02800V03468"/>
     <x:tableColumn id="4" name="Aggregate Town Size"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="C02199V02655"/>
     <x:tableColumn id="8" name="Sex"/>
     <x:tableColumn id="9" name="C02708V03276"/>
     <x:tableColumn id="10" name="Social Class"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1150,51 +945,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4078/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1381,51 +1176,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L673"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="41.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="60.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="38.139196" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -26991,51 +26786,51 @@
       <x:c r="I673" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L673" s="0">
         <x:v>19578</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -27052,51 +26847,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L673" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E4078"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="One Person Private Households 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02800V03468">
       <x:sharedItems count="14">
         <x:s v="-"/>
         <x:s v="100100"/>
         <x:s v="100300"/>
         <x:s v="100400"/>
         <x:s v="100500"/>
         <x:s v="100600"/>
         <x:s v="100700"/>
         <x:s v="104700"/>
         <x:s v="111950"/>
         <x:s v="112050"/>
         <x:s v="120400"/>
@@ -27792,27 +27587,9436 @@
         <x:n v="5481"/>
         <x:n v="36545"/>
         <x:n v="57752"/>
         <x:n v="2953"/>
         <x:n v="8132"/>
         <x:n v="6277"/>
         <x:n v="12175"/>
         <x:n v="7007"/>
         <x:n v="4241"/>
         <x:n v="16967"/>
         <x:n v="45931"/>
         <x:n v="1169"/>
         <x:n v="10221"/>
         <x:n v="7611"/>
         <x:n v="2188"/>
         <x:n v="3924"/>
         <x:n v="1240"/>
         <x:n v="19578"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="392000"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="21307"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="85971"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="58507"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="47943"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="39289"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="18570"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="120413"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="193606"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="12744"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="34967"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="19687"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="38706"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="23283"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="12553"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="51666"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="198394"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="8563"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="51004"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="38820"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="9237"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="16006"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="6017"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="68747"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="399815"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="21633"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="86088"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="61791"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="46608"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="39859"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="18752"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="125084"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="195519"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="13114"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="34634"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="19717"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="37045"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="23132"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="11998"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="55879"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="204296"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="8519"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="51454"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="42074"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="9563"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="16727"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="6754"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="69205"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="103075"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="8028"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="27510"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="17883"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="10036"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="8737"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="3942"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="26939"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="45856"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="4310"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="11179"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="5053"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="7488"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="4831"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="2017"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="10978"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="57219"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="3718"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="16331"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="12830"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="2548"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="3906"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="15961"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="99030"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="7815"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="25916"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="17423"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="9064"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="7690"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="3664"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="27458"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="43981"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="4237"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="10580"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="4717"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="6749"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="4160"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="1766"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="11772"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="55049"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="3578"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="15336"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="12706"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="2315"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="3530"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="1898"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="15686"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="18381"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="3788"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="2741"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="6223"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="8590"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="2562"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="9791"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="2236"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="1880"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="3661"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="19233"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="4017"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="3019"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="6271"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="9049"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="2831"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="10184"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="2405"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="2147"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="3440"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="8991"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="3093"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="4344"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="4647"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="9204"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="3132"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="4446"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="4758"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="7042"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="2330"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="3084"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="3958"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="7412"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="2439"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="3114"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="4298"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="5381"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="2700"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="2681"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="5891"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="2961"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="2930"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="62347"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="3126"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="14939"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="10399"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="7418"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="6287"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="2597"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="17581"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="29114"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="5660"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="3152"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="5842"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="3600"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="7421"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="33233"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="9279"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="7247"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="10160"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="65015"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="3279"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="15072"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="11214"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="7275"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="6602"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="2778"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="18795"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="30083"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="5695"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="3223"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="5568"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="3715"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="8292"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="34932"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="9377"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="7991"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="2887"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="10503"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="26415"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="5928"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="4137"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="3533"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="3073"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="7310"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="12810"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="2861"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="3149"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="13605"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="3672"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="4161"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="25624"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="5325"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="4107"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="3178"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="2910"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="7717"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="12405"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="3443"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="13219"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="3275"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="2932"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="4274"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="21317"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="4555"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="2940"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="6409"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="10207"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="2356"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="11110"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="2844"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="2219"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="3744"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="21864"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="4503"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="3145"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="2863"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="6888"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="10506"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="2236"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="3035"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="11358"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="2810"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="2239"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="3853"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="6638"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="3341"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="3297"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="7629"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="2423"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="3884"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="3745"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="9161"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="2780"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="4499"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="4662"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="10026"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="4871"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="5155"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1772"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="12261"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="2479"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="3801"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="6014"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="6247"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="2241"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="13048"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="1773"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="4162"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="6359"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1786"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="6689"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="2376"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="11452"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="3761"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="5831"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="5621"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="2154"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="12156"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="2288"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="4034"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="6108"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="6048"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="2270"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="99539"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="3808"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="16831"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="12105"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="14636"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="10272"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="5629"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="36258"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="57216"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="2794"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="7870"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="6069"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="12657"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="6898"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="4558"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="16370"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="42323"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="8961"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="6036"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1979"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="3374"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="19888"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="103683"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="4122"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="18353"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="13888"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="14363"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="10931"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="5481"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="36545"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="57752"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="2953"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="8132"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="6277"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="12175"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="7007"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="4241"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="16967"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="45931"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="10221"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="7611"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="3924"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="E4078"/>
+    <s v="One Person Private Households 2011 to 2016"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="19578"/>
+  </r>
+</pivotCacheRecords>
 </file>