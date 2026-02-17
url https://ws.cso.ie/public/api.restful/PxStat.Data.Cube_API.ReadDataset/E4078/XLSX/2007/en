--- v1 (2025-12-29)
+++ v2 (2026-02-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63c1f71106a147e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7a1a9d83b4c146868d49c6e6dcc90cb9.psmdcp" Id="Rfe1a29d1fabe4076" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf7bfa2b48194c60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e4797a9961314a1caa29fd0fc2f8dcef.psmdcp" Id="Rb04de71bb521492c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>