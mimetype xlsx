--- v0 (2025-11-09)
+++ v1 (2026-02-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabb5a6ad99874e14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e87fab8c0854f65bf75f7717d207c8d.psmdcp" Id="R1746367c11294762" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R105e38611fc742fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/86a41c630eea443babd37b9f44af5b77.psmdcp" Id="R163a36cf89eb4a28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4075</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households by Size, Total Persons in the Household and Average Household Size 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/10/2020 11:00:00 AM</x:t>
+    <x:t>10/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4075/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -547,403 +547,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02255V02727" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Composition of Private Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H541" totalsRowShown="0">
   <x:autoFilter ref="A1:H541"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02255V02727"/>
     <x:tableColumn id="2" name="Composition of Private Household"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1212,51 +977,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4075/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1443,51 +1208,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H541"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="50.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="39.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -15541,51 +15306,51 @@
       <x:c r="E541" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H541" s="0">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15602,51 +15367,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H541" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02255V02727">
       <x:sharedItems count="18">
         <x:s v="-"/>
         <x:s v="02"/>
         <x:s v="45"/>
         <x:s v="04"/>
         <x:s v="46"/>
         <x:s v="07"/>
         <x:s v="085"/>
         <x:s v="095"/>
         <x:s v="47"/>
         <x:s v="48"/>
         <x:s v="13"/>
         <x:s v="18"/>
         <x:s v="225"/>
         <x:s v="295"/>
         <x:s v="31"/>
         <x:s v="32"/>
         <x:s v="33"/>
         <x:s v="37"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Composition of Private Household">
@@ -16062,27 +15827,5428 @@
         <x:n v="4896"/>
         <x:n v="488"/>
         <x:n v="234"/>
         <x:n v="190"/>
         <x:n v="177"/>
         <x:n v="69359"/>
         <x:n v="192119"/>
         <x:n v="75632"/>
         <x:n v="52590"/>
         <x:n v="36400"/>
         <x:n v="15790"/>
         <x:n v="6996"/>
         <x:n v="2128"/>
         <x:n v="1240"/>
         <x:n v="477"/>
         <x:n v="360"/>
         <x:n v="352"/>
         <x:n v="2.8"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="1654208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="4510409"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="392000"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="958542"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="888030"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="1072544"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="725510"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="316650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="99218"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="35000"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="12861"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="5390"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="2563"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="2101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="1702289"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="4676648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="399815"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="973072"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="892695"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="1153312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="774205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="324096"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="99974"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="35672"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="12942"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="5900"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="2398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="2567"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="392000"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="392000"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="392000"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="399815"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="399815"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="399815"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="240146"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="480292"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="480292"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="254744"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="509488"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="509488"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="73111"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="146222"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="146222"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="68396"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="136792"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="136792"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="522959"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2147067"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="505176"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="785544"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="549265"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="218526"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="59528"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="18312"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="6156"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="2630"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="529687"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="2174232"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="494700"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="822412"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="566515"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="211392"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="53431"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="16160"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="5400"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="54911"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="206327"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="82293"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="71408"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="32865"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="12732"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="4291"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="68979"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="265523"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="90756"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="99640"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="48165"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="17394"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="6216"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="2224"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="155264"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="420011"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="167520"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="136065"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="71304"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="29270"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="10626"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="3367"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="153189"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="414458"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="162668"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="138534"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="71856"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="28385"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="8862"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="2751"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="24497"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="62014"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="30978"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="18300"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="8388"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="3025"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="24731"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="61637"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="32146"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="18156"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="7688"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="2595"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="13095"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="43209"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="31128"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="7536"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="2770"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="13328"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="44121"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="31554"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="7752"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="2830"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="26226"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="136077"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="34204"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="45210"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="33012"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="14329"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="5520"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="2151"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="27791"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="144820"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="33976"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="49775"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="36396"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="15120"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="5952"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="2034"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="8602"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="29551"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="17658"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="7852"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="2710"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="6966"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="24057"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="14022"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="6772"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="4233"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="20437"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="8072"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="6800"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="3444"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="4657"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="22729"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="8260"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="7995"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="3990"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="15190"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="56134"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="25320"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="16892"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="8330"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="3642"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="17206"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="64019"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="27855"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="20116"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="9380"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="4026"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="1540"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="2986"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="10885"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="5205"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="3252"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="3413"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="12564"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="5673"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="3920"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="18317"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="97384"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="22280"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="29575"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="24084"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="12047"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="5696"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="21857"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="116703"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="25796"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="35480"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="29364"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="14819"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="6480"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="2700"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="3554"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="4088"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="39611"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="92664"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="60286"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="19953"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="8020"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="37648"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="89483"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="56346"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="18855"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="8724"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="3360"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="62608"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="166581"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="73244"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="46932"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="27792"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="11500"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="4896"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C01"/>
+    <s v="Total households"/>
+    <s v="Number"/>
+    <n v="69359"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C02"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="192119"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C03"/>
+    <s v="Persons in private households - 1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C04"/>
+    <s v="Persons in private households - 2"/>
+    <s v="Number"/>
+    <n v="75632"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C05"/>
+    <s v="Persons in private households - 3"/>
+    <s v="Number"/>
+    <n v="52590"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C06"/>
+    <s v="Persons in private households - 4"/>
+    <s v="Number"/>
+    <n v="36400"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C07"/>
+    <s v="Persons in private households - 5"/>
+    <s v="Number"/>
+    <n v="15790"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C08"/>
+    <s v="Persons in private households - 6"/>
+    <s v="Number"/>
+    <n v="6996"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C09"/>
+    <s v="Persons in private households - 7"/>
+    <s v="Number"/>
+    <n v="2128"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C10"/>
+    <s v="Persons in private households - 8"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C11"/>
+    <s v="Persons in private households - 9"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C12"/>
+    <s v="Persons in private households - 10"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C13"/>
+    <s v="Persons in private households - 11"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C14"/>
+    <s v="Persons in private households - 12 or more"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4075C15"/>
+    <s v="Average household size"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+</pivotCacheRecords>
 </file>